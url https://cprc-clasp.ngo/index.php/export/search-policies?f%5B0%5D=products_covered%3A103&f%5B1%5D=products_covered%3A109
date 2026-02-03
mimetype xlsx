--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -353,89 +353,95 @@
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
     <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
   </si>
   <si>
     <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
     <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
@@ -801,51 +807,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="231.086" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="792.664" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1361,268 +1367,268 @@
       </c>
       <c r="P11" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>108</v>
       </c>
       <c r="B12" t="s">
         <v>109</v>
       </c>
       <c r="C12" t="s">
         <v>89</v>
       </c>
       <c r="D12" t="s">
         <v>110</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>59</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>111</v>
       </c>
       <c r="H12">
         <v>2002</v>
       </c>
       <c r="I12">
         <v>2007</v>
       </c>
       <c r="J12" t="s">
         <v>75</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M12" t="s">
         <v>94</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C13" t="s">
         <v>47</v>
       </c>
       <c r="D13" t="s">
         <v>48</v>
       </c>
       <c r="E13" t="s">
         <v>49</v>
       </c>
       <c r="F13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>50</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C14" t="s">
         <v>47</v>
       </c>
       <c r="D14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E14" t="s">
         <v>49</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="P14" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C15" t="s">
         <v>47</v>
       </c>
       <c r="D15" t="s">
         <v>48</v>
       </c>
       <c r="E15" t="s">
         <v>49</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15">
         <v>2024</v>
       </c>
       <c r="J15" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="P15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B16" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>49</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16" t="s">
         <v>35</v>
       </c>
       <c r="H16">
         <v>2006</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="M16" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="N16" t="s">
         <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="P16" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">