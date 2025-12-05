--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,299 +12,358 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Irons</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -568,529 +627,592 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="174" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="174.529" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="426.896" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...23 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
         <v>32</v>
       </c>
-      <c r="L3" t="s">
+      <c r="D10" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>80</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...175 lines deleted...]
-      <c r="B8" t="s">
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C8" t="s">
-[...113 lines deleted...]
-        <v>68</v>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>