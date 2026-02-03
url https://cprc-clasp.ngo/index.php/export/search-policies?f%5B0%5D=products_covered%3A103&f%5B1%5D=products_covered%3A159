--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -256,50 +256,53 @@
   <si>
     <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
     <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
@@ -641,51 +644,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="174.529" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="426.896" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1061,122 +1064,122 @@
       </c>
       <c r="P8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>77</v>
       </c>
       <c r="B9" t="s">
         <v>78</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>79</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>44</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
         <v>35</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10">
         <v>2024</v>
       </c>
       <c r="J10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">