--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="471">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1369,50 +1369,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
   </si>
   <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
@@ -1814,51 +1817,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -5128,308 +5131,308 @@
       </c>
       <c r="P68" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>439</v>
       </c>
       <c r="B69" t="s">
         <v>440</v>
       </c>
       <c r="C69" t="s">
         <v>127</v>
       </c>
       <c r="D69" t="s">
         <v>441</v>
       </c>
       <c r="E69" t="s">
         <v>68</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>59</v>
+        <v>442</v>
       </c>
       <c r="H69">
         <v>2014</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="K69" t="s">
         <v>35</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
         <v>428</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="P69" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B70" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>127</v>
       </c>
       <c r="D70" t="s">
         <v>128</v>
       </c>
       <c r="E70" t="s">
         <v>68</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2014</v>
       </c>
       <c r="I70">
         <v>2024</v>
       </c>
       <c r="J70" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="K70" t="s">
         <v>35</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
         <v>428</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="P70" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B71" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C71" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D71" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E71" t="s">
         <v>68</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>59</v>
       </c>
       <c r="H71">
         <v>2021</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>193</v>
       </c>
       <c r="K71" t="s">
         <v>35</v>
       </c>
       <c r="L71" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="M71" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="P71"/>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B72" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C72" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D72" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E72" t="s">
         <v>68</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>59</v>
       </c>
       <c r="H72">
         <v>2021</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>193</v>
       </c>
       <c r="K72" t="s">
         <v>35</v>
       </c>
       <c r="L72" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="M72" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="P72"/>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B73" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C73" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D73" t="s">
         <v>57</v>
       </c>
       <c r="E73" t="s">
         <v>68</v>
       </c>
       <c r="F73" t="s">
         <v>58</v>
       </c>
       <c r="G73" t="s">
         <v>59</v>
       </c>
       <c r="H73">
         <v>2016</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>138</v>
       </c>
       <c r="K73" t="s">
         <v>35</v>
       </c>
       <c r="L73" t="s">
         <v>61</v>
       </c>
       <c r="M73" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="P73" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B74" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C74" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D74" t="s">
         <v>33</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>58</v>
       </c>
       <c r="G74" t="s">
         <v>59</v>
       </c>
       <c r="H74">
         <v>2011</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K74" t="s">
         <v>35</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="P74" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">