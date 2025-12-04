--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -12,1036 +12,1415 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="438">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
   </si>
   <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-1</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-2</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1305,2945 +1684,3348 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N67"/>
+  <dimension ref="A1:P67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2007</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>65</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>62</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>81</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>65</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>81</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>65</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>56</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>65</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>56</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>65</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>65</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" t="s">
+        <v>75</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>56</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>65</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D15" t="s">
+        <v>63</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>56</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>111</v>
+      </c>
+      <c r="M15" t="s">
+        <v>65</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" t="s">
+        <v>91</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" t="s">
+        <v>81</v>
+      </c>
+      <c r="H16">
+        <v>2019</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>36</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>116</v>
+      </c>
+      <c r="M16" t="s">
+        <v>65</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D17" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>45</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>122</v>
+      </c>
+      <c r="M17" t="s">
+        <v>123</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>128</v>
+      </c>
+      <c r="D18" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>129</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>130</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>135</v>
+      </c>
+      <c r="D19" t="s">
+        <v>136</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>137</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>138</v>
+      </c>
+      <c r="M19" t="s">
+        <v>139</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>144</v>
+      </c>
+      <c r="D20" t="s">
+        <v>63</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>45</v>
+      </c>
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>145</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>146</v>
+      </c>
+      <c r="M20" t="s">
+        <v>147</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>152</v>
+      </c>
+      <c r="D21" t="s">
+        <v>63</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>45</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1996</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>137</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>154</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>160</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>81</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>161</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>162</v>
+      </c>
+      <c r="M22" t="s">
+        <v>163</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>166</v>
+      </c>
+      <c r="B23" t="s">
+        <v>167</v>
+      </c>
+      <c r="C23" t="s">
+        <v>168</v>
+      </c>
+      <c r="D23" t="s">
+        <v>169</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>81</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>170</v>
+      </c>
+      <c r="K23" t="s">
+        <v>47</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>171</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>172</v>
+      </c>
+      <c r="P23" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>174</v>
+      </c>
+      <c r="B24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C24" t="s">
+        <v>176</v>
+      </c>
+      <c r="D24" t="s">
+        <v>63</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2000</v>
+      </c>
+      <c r="I24">
+        <v>2012</v>
+      </c>
+      <c r="J24" t="s">
+        <v>177</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>178</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>179</v>
+      </c>
+      <c r="P24" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>181</v>
+      </c>
+      <c r="B25" t="s">
+        <v>182</v>
+      </c>
+      <c r="C25" t="s">
+        <v>183</v>
+      </c>
+      <c r="D25" t="s">
+        <v>184</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>45</v>
+      </c>
+      <c r="G25" t="s">
+        <v>81</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>161</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>185</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>186</v>
+      </c>
+      <c r="P25" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>188</v>
+      </c>
+      <c r="B26" t="s">
+        <v>189</v>
+      </c>
+      <c r="C26" t="s">
+        <v>190</v>
+      </c>
+      <c r="D26" t="s">
+        <v>184</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>45</v>
+      </c>
+      <c r="G26" t="s">
+        <v>81</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>56</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>191</v>
+      </c>
+      <c r="M26" t="s">
+        <v>192</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>195</v>
+      </c>
+      <c r="B27" t="s">
+        <v>196</v>
+      </c>
+      <c r="C27" t="s">
+        <v>190</v>
+      </c>
+      <c r="D27" t="s">
+        <v>75</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>45</v>
+      </c>
+      <c r="G27" t="s">
+        <v>81</v>
+      </c>
+      <c r="H27">
+        <v>2001</v>
+      </c>
+      <c r="I27">
+        <v>2012</v>
+      </c>
+      <c r="J27" t="s">
+        <v>56</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27" t="s">
+        <v>197</v>
+      </c>
+      <c r="M27" t="s">
+        <v>192</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>198</v>
+      </c>
+      <c r="P27" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>200</v>
+      </c>
+      <c r="B28" t="s">
+        <v>201</v>
+      </c>
+      <c r="C28" t="s">
+        <v>190</v>
+      </c>
+      <c r="D28" t="s">
+        <v>75</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>45</v>
+      </c>
+      <c r="G28" t="s">
+        <v>81</v>
+      </c>
+      <c r="H28">
+        <v>2001</v>
+      </c>
+      <c r="I28">
+        <v>2018</v>
+      </c>
+      <c r="J28" t="s">
+        <v>56</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28" t="s">
+        <v>202</v>
+      </c>
+      <c r="M28" t="s">
+        <v>192</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>203</v>
+      </c>
+      <c r="P28" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>205</v>
+      </c>
+      <c r="B29" t="s">
+        <v>206</v>
+      </c>
+      <c r="C29" t="s">
+        <v>190</v>
+      </c>
+      <c r="D29" t="s">
+        <v>75</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1995</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>56</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29" t="s">
+        <v>207</v>
+      </c>
+      <c r="M29" t="s">
+        <v>192</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>208</v>
+      </c>
+      <c r="P29" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>210</v>
+      </c>
+      <c r="B30" t="s">
+        <v>211</v>
+      </c>
+      <c r="C30" t="s">
+        <v>190</v>
+      </c>
+      <c r="D30" t="s">
+        <v>63</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>45</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1996</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>56</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30" t="s">
+        <v>212</v>
+      </c>
+      <c r="M30" t="s">
+        <v>192</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>213</v>
+      </c>
+      <c r="P30" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>215</v>
+      </c>
+      <c r="B31" t="s">
+        <v>216</v>
+      </c>
+      <c r="C31" t="s">
+        <v>62</v>
+      </c>
+      <c r="D31" t="s">
+        <v>217</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>45</v>
+      </c>
+      <c r="G31" t="s">
+        <v>81</v>
+      </c>
+      <c r="H31">
+        <v>2021</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>137</v>
+      </c>
+      <c r="K31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31" t="s">
+        <v>218</v>
+      </c>
+      <c r="M31" t="s">
+        <v>219</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>220</v>
+      </c>
+      <c r="P31" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>222</v>
+      </c>
+      <c r="B32" t="s">
+        <v>223</v>
+      </c>
+      <c r="C32" t="s">
+        <v>224</v>
+      </c>
+      <c r="D32" t="s">
+        <v>63</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>225</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1986</v>
+      </c>
+      <c r="I32">
+        <v>1988</v>
+      </c>
+      <c r="J32" t="s">
+        <v>145</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>226</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>227</v>
+      </c>
+      <c r="P32" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>229</v>
+      </c>
+      <c r="B33" t="s">
+        <v>230</v>
+      </c>
+      <c r="C33" t="s">
+        <v>144</v>
+      </c>
+      <c r="D33" t="s">
+        <v>63</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>45</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2005</v>
+      </c>
+      <c r="I33">
+        <v>2013</v>
+      </c>
+      <c r="J33" t="s">
+        <v>145</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33" t="s">
+        <v>231</v>
+      </c>
+      <c r="M33" t="s">
+        <v>232</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>233</v>
+      </c>
+      <c r="P33" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>235</v>
+      </c>
+      <c r="B34" t="s">
+        <v>236</v>
+      </c>
+      <c r="C34" t="s">
+        <v>237</v>
+      </c>
+      <c r="D34" t="s">
+        <v>91</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>45</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34">
+        <v>2012</v>
+      </c>
+      <c r="J34" t="s">
+        <v>177</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>238</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>239</v>
+      </c>
+      <c r="P34" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>241</v>
+      </c>
+      <c r="B35" t="s">
+        <v>242</v>
+      </c>
+      <c r="C35" t="s">
+        <v>237</v>
+      </c>
+      <c r="D35" t="s">
+        <v>91</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>45</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1996</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
+        <v>177</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>238</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>243</v>
+      </c>
+      <c r="P35" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>244</v>
+      </c>
+      <c r="B36" t="s">
+        <v>245</v>
+      </c>
+      <c r="C36" t="s">
+        <v>246</v>
+      </c>
+      <c r="D36" t="s">
+        <v>63</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>225</v>
+      </c>
+      <c r="G36" t="s">
+        <v>35</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>46</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>247</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>248</v>
+      </c>
+      <c r="P36" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>244</v>
+      </c>
+      <c r="B37" t="s">
+        <v>245</v>
+      </c>
+      <c r="C37" t="s">
+        <v>246</v>
+      </c>
+      <c r="D37" t="s">
+        <v>63</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>35</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>46</v>
+      </c>
+      <c r="K37" t="s">
+        <v>37</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>247</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>250</v>
+      </c>
+      <c r="P37" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>244</v>
+      </c>
+      <c r="B38" t="s">
+        <v>251</v>
+      </c>
+      <c r="C38" t="s">
+        <v>252</v>
+      </c>
+      <c r="D38" t="s">
+        <v>63</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>81</v>
+      </c>
+      <c r="H38">
+        <v>2015</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>137</v>
+      </c>
+      <c r="K38" t="s">
+        <v>37</v>
+      </c>
+      <c r="L38" t="s">
+        <v>253</v>
+      </c>
+      <c r="M38" t="s">
+        <v>254</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>255</v>
+      </c>
+      <c r="P38" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>257</v>
+      </c>
+      <c r="B39" t="s">
+        <v>258</v>
+      </c>
+      <c r="C39" t="s">
+        <v>144</v>
+      </c>
+      <c r="D39" t="s">
+        <v>91</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>225</v>
+      </c>
+      <c r="G39" t="s">
+        <v>81</v>
+      </c>
+      <c r="H39">
+        <v>2003</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>145</v>
+      </c>
+      <c r="K39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39" t="s">
+        <v>259</v>
+      </c>
+      <c r="M39" t="s">
+        <v>232</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>260</v>
+      </c>
+      <c r="P39" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>262</v>
+      </c>
+      <c r="B40" t="s">
+        <v>263</v>
+      </c>
+      <c r="C40" t="s">
+        <v>168</v>
+      </c>
+      <c r="D40" t="s">
+        <v>169</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>225</v>
+      </c>
+      <c r="G40" t="s">
+        <v>81</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>170</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>171</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>264</v>
+      </c>
+      <c r="P40" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>265</v>
+      </c>
+      <c r="B41" t="s">
+        <v>266</v>
+      </c>
+      <c r="C41" t="s">
+        <v>267</v>
+      </c>
+      <c r="D41" t="s">
+        <v>268</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>269</v>
+      </c>
+      <c r="G41" t="s">
+        <v>81</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>270</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>271</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>272</v>
+      </c>
+      <c r="P41" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>274</v>
+      </c>
+      <c r="B42" t="s">
+        <v>275</v>
+      </c>
+      <c r="C42" t="s">
+        <v>224</v>
+      </c>
+      <c r="D42" t="s">
+        <v>276</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>81</v>
+      </c>
+      <c r="H42">
+        <v>2012</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>145</v>
+      </c>
+      <c r="K42" t="s">
+        <v>47</v>
+      </c>
+      <c r="L42" t="s">
+        <v>277</v>
+      </c>
+      <c r="M42" t="s">
+        <v>278</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>279</v>
+      </c>
+      <c r="P42" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>281</v>
+      </c>
+      <c r="B43" t="s">
+        <v>282</v>
+      </c>
+      <c r="C43" t="s">
+        <v>283</v>
+      </c>
+      <c r="D43" t="s">
+        <v>63</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>225</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43">
+        <v>2015</v>
+      </c>
+      <c r="J43" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...40 lines deleted...]
-      <c r="N3" t="s">
+      <c r="K43" t="s">
+        <v>37</v>
+      </c>
+      <c r="L43" t="s">
+        <v>284</v>
+      </c>
+      <c r="M43" t="s">
+        <v>285</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>286</v>
+      </c>
+      <c r="P43" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>288</v>
+      </c>
+      <c r="B44" t="s">
+        <v>289</v>
+      </c>
+      <c r="C44" t="s">
+        <v>290</v>
+      </c>
+      <c r="D44" t="s">
+        <v>44</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>81</v>
+      </c>
+      <c r="H44">
+        <v>2017</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>291</v>
+      </c>
+      <c r="K44" t="s">
+        <v>37</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>292</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>293</v>
+      </c>
+      <c r="P44" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>295</v>
+      </c>
+      <c r="B45" t="s">
+        <v>296</v>
+      </c>
+      <c r="C45" t="s">
+        <v>297</v>
+      </c>
+      <c r="D45" t="s">
+        <v>63</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>45</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>1993</v>
+      </c>
+      <c r="I45">
+        <v>2022</v>
+      </c>
+      <c r="J45" t="s">
+        <v>298</v>
+      </c>
+      <c r="K45" t="s">
+        <v>37</v>
+      </c>
+      <c r="L45" t="s">
+        <v>299</v>
+      </c>
+      <c r="M45" t="s">
+        <v>300</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>301</v>
+      </c>
+      <c r="P45" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>303</v>
+      </c>
+      <c r="B46" t="s">
+        <v>304</v>
+      </c>
+      <c r="C46" t="s">
+        <v>144</v>
+      </c>
+      <c r="D46" t="s">
+        <v>63</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>225</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1991</v>
+      </c>
+      <c r="I46">
+        <v>2009</v>
+      </c>
+      <c r="J46" t="s">
+        <v>145</v>
+      </c>
+      <c r="K46" t="s">
+        <v>37</v>
+      </c>
+      <c r="L46" t="s">
+        <v>305</v>
+      </c>
+      <c r="M46" t="s">
+        <v>147</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>306</v>
+      </c>
+      <c r="P46" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>307</v>
+      </c>
+      <c r="B47" t="s">
+        <v>308</v>
+      </c>
+      <c r="C47" t="s">
+        <v>144</v>
+      </c>
+      <c r="D47" t="s">
+        <v>63</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>225</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>1991</v>
+      </c>
+      <c r="I47">
+        <v>2002</v>
+      </c>
+      <c r="J47" t="s">
+        <v>145</v>
+      </c>
+      <c r="K47" t="s">
+        <v>37</v>
+      </c>
+      <c r="L47" t="s">
+        <v>146</v>
+      </c>
+      <c r="M47" t="s">
+        <v>147</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>309</v>
+      </c>
+      <c r="P47" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>310</v>
+      </c>
+      <c r="B48" t="s">
+        <v>311</v>
+      </c>
+      <c r="C48" t="s">
+        <v>144</v>
+      </c>
+      <c r="D48" t="s">
+        <v>63</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>225</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1991</v>
+      </c>
+      <c r="I48">
+        <v>2016</v>
+      </c>
+      <c r="J48" t="s">
+        <v>145</v>
+      </c>
+      <c r="K48" t="s">
+        <v>37</v>
+      </c>
+      <c r="L48" t="s">
+        <v>312</v>
+      </c>
+      <c r="M48" t="s">
+        <v>232</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>313</v>
+      </c>
+      <c r="P48" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>314</v>
+      </c>
+      <c r="B49" t="s">
+        <v>315</v>
+      </c>
+      <c r="C49" t="s">
+        <v>316</v>
+      </c>
+      <c r="D49" t="s">
+        <v>136</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G49" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...60 lines deleted...]
-      <c r="I5" t="s">
+      <c r="H49"/>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>317</v>
+      </c>
+      <c r="K49" t="s">
+        <v>37</v>
+      </c>
+      <c r="L49" t="s">
+        <v>318</v>
+      </c>
+      <c r="M49" t="s">
+        <v>319</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>320</v>
+      </c>
+      <c r="P49" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>322</v>
+      </c>
+      <c r="B50" t="s">
+        <v>323</v>
+      </c>
+      <c r="C50" t="s">
+        <v>324</v>
+      </c>
+      <c r="D50" t="s">
+        <v>325</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2015</v>
+      </c>
+      <c r="I50">
+        <v>2018</v>
+      </c>
+      <c r="J50" t="s">
+        <v>326</v>
+      </c>
+      <c r="K50" t="s">
         <v>47</v>
       </c>
-      <c r="J5" t="s">
-[...79 lines deleted...]
-      <c r="H7">
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>327</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>328</v>
+      </c>
+      <c r="P50" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>330</v>
+      </c>
+      <c r="B51" t="s">
+        <v>331</v>
+      </c>
+      <c r="C51" t="s">
+        <v>144</v>
+      </c>
+      <c r="D51" t="s">
+        <v>75</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2010</v>
       </c>
-      <c r="I7" t="s">
-[...63 lines deleted...]
-      <c r="A9" t="s">
+      <c r="I51">
+        <v>2016</v>
+      </c>
+      <c r="J51" t="s">
+        <v>23</v>
+      </c>
+      <c r="K51" t="s">
+        <v>37</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>147</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>332</v>
+      </c>
+      <c r="P51" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>334</v>
+      </c>
+      <c r="B52" t="s">
+        <v>335</v>
+      </c>
+      <c r="C52" t="s">
+        <v>144</v>
+      </c>
+      <c r="D52" t="s">
         <v>63</v>
       </c>
-      <c r="B9" t="s">
-[...1825 lines deleted...]
-      </c>
       <c r="E52" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
       </c>
       <c r="H52">
         <v>2010</v>
       </c>
-      <c r="I52" t="s">
-        <v>107</v>
+      <c r="I52">
+        <v>2010</v>
       </c>
       <c r="J52" t="s">
-        <v>32</v>
+        <v>145</v>
       </c>
       <c r="K52" t="s">
-        <v>224</v>
+        <v>37</v>
       </c>
       <c r="L52" t="s">
-        <v>109</v>
+        <v>312</v>
       </c>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>147</v>
       </c>
       <c r="N52" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>336</v>
+      </c>
+      <c r="P52" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>242</v>
+        <v>338</v>
       </c>
       <c r="B53" t="s">
-        <v>243</v>
+        <v>339</v>
       </c>
       <c r="C53" t="s">
-        <v>70</v>
+        <v>340</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>91</v>
       </c>
       <c r="E53" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>34</v>
+      </c>
+      <c r="G53" t="s">
+        <v>81</v>
+      </c>
+      <c r="H53">
         <v>2018</v>
       </c>
-      <c r="H53"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>32</v>
+        <v>137</v>
       </c>
       <c r="K53" t="s">
-        <v>244</v>
+        <v>37</v>
       </c>
       <c r="L53" t="s">
-        <v>245</v>
+        <v>341</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>342</v>
       </c>
       <c r="N53" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>343</v>
+      </c>
+      <c r="P53" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>247</v>
+        <v>345</v>
       </c>
       <c r="B54" t="s">
-        <v>243</v>
+        <v>346</v>
       </c>
       <c r="C54" t="s">
-        <v>52</v>
+        <v>340</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E54" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>2020</v>
       </c>
-      <c r="H54">
+      <c r="I54">
         <v>2023</v>
       </c>
-      <c r="I54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" t="s">
-        <v>32</v>
+        <v>347</v>
       </c>
       <c r="K54" t="s">
-        <v>249</v>
+        <v>37</v>
       </c>
       <c r="L54" t="s">
-        <v>245</v>
+        <v>348</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>342</v>
       </c>
       <c r="N54" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>349</v>
+      </c>
+      <c r="P54" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>251</v>
+        <v>351</v>
       </c>
       <c r="B55" t="s">
-        <v>252</v>
+        <v>352</v>
       </c>
       <c r="C55" t="s">
-        <v>52</v>
+        <v>353</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E55" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G55">
+        <v>45</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2010</v>
       </c>
-      <c r="H55">
+      <c r="I55">
         <v>2017</v>
       </c>
-      <c r="I55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J55" t="s">
-        <v>32</v>
+        <v>298</v>
       </c>
       <c r="K55" t="s">
-        <v>253</v>
+        <v>37</v>
       </c>
       <c r="L55" t="s">
-        <v>254</v>
+        <v>354</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>355</v>
       </c>
       <c r="N55" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>356</v>
+      </c>
+      <c r="P55" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>256</v>
+        <v>358</v>
       </c>
       <c r="B56" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="C56" t="s">
-        <v>52</v>
+        <v>353</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E56" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G56">
+        <v>45</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>1998</v>
       </c>
-      <c r="H56">
+      <c r="I56">
         <v>2012</v>
       </c>
-      <c r="I56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J56" t="s">
-        <v>32</v>
+        <v>317</v>
       </c>
       <c r="K56" t="s">
-        <v>257</v>
+        <v>37</v>
       </c>
       <c r="L56" t="s">
-        <v>258</v>
+        <v>360</v>
       </c>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>361</v>
       </c>
       <c r="N56" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>362</v>
+      </c>
+      <c r="P56" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>260</v>
+        <v>364</v>
       </c>
       <c r="B57" t="s">
-        <v>252</v>
+        <v>365</v>
       </c>
       <c r="C57" t="s">
-        <v>52</v>
+        <v>353</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E57" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G57">
+        <v>45</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
         <v>1998</v>
       </c>
-      <c r="H57">
+      <c r="I57">
         <v>2012</v>
       </c>
-      <c r="I57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J57" t="s">
-        <v>32</v>
+        <v>317</v>
       </c>
       <c r="K57" t="s">
-        <v>261</v>
+        <v>37</v>
       </c>
       <c r="L57" t="s">
-        <v>258</v>
+        <v>366</v>
       </c>
       <c r="M57" t="s">
-        <v>24</v>
+        <v>361</v>
       </c>
       <c r="N57" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>367</v>
+      </c>
+      <c r="P57" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>263</v>
+        <v>368</v>
       </c>
       <c r="B58" t="s">
-        <v>264</v>
+        <v>369</v>
       </c>
       <c r="C58" t="s">
-        <v>52</v>
+        <v>370</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E58" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G58">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>81</v>
+      </c>
+      <c r="H58">
         <v>2015</v>
       </c>
-      <c r="H58"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="K58" t="s">
+        <v>37</v>
+      </c>
+      <c r="L58"/>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>371</v>
       </c>
       <c r="N58" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>372</v>
+      </c>
+      <c r="P58" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>374</v>
+      </c>
+      <c r="B59" t="s">
+        <v>375</v>
+      </c>
+      <c r="C59" t="s">
+        <v>376</v>
+      </c>
+      <c r="D59" t="s">
+        <v>377</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>378</v>
+      </c>
+      <c r="H59">
+        <v>2025</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>379</v>
+      </c>
+      <c r="K59" t="s">
+        <v>37</v>
+      </c>
+      <c r="L59" t="s">
+        <v>380</v>
+      </c>
+      <c r="M59" t="s">
+        <v>381</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>382</v>
+      </c>
+      <c r="P59" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>384</v>
+      </c>
+      <c r="B60" t="s">
+        <v>385</v>
+      </c>
+      <c r="C60" t="s">
+        <v>386</v>
+      </c>
+      <c r="D60" t="s">
+        <v>387</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>225</v>
+      </c>
+      <c r="G60" t="s">
+        <v>81</v>
+      </c>
+      <c r="H60">
+        <v>2021</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>388</v>
+      </c>
+      <c r="K60" t="s">
+        <v>37</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>389</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>390</v>
+      </c>
+      <c r="P60"/>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>391</v>
+      </c>
+      <c r="B61" t="s">
+        <v>392</v>
+      </c>
+      <c r="C61" t="s">
         <v>267</v>
       </c>
-      <c r="B59" t="s">
-[...56 lines deleted...]
-      <c r="G60">
+      <c r="D61" t="s">
+        <v>63</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>45</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2003</v>
+      </c>
+      <c r="I61">
         <v>2021</v>
       </c>
-      <c r="H60"/>
-[...44 lines deleted...]
-      </c>
       <c r="J61" t="s">
-        <v>32</v>
+        <v>393</v>
       </c>
       <c r="K61" t="s">
-        <v>282</v>
+        <v>37</v>
       </c>
       <c r="L61" t="s">
+        <v>394</v>
+      </c>
+      <c r="M61" t="s">
+        <v>395</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>396</v>
+      </c>
+      <c r="P61" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>398</v>
+      </c>
+      <c r="B62" t="s">
+        <v>399</v>
+      </c>
+      <c r="C62" t="s">
+        <v>267</v>
+      </c>
+      <c r="D62" t="s">
+        <v>63</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>1995</v>
+      </c>
+      <c r="I62">
+        <v>2019</v>
+      </c>
+      <c r="J62" t="s">
+        <v>400</v>
+      </c>
+      <c r="K62" t="s">
+        <v>37</v>
+      </c>
+      <c r="L62" t="s">
+        <v>401</v>
+      </c>
+      <c r="M62" t="s">
+        <v>402</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>403</v>
+      </c>
+      <c r="P62" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>405</v>
+      </c>
+      <c r="B63" t="s">
+        <v>406</v>
+      </c>
+      <c r="C63" t="s">
+        <v>407</v>
+      </c>
+      <c r="D63" t="s">
+        <v>408</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>81</v>
+      </c>
+      <c r="H63">
+        <v>2006</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>326</v>
+      </c>
+      <c r="K63" t="s">
+        <v>37</v>
+      </c>
+      <c r="L63" t="s">
+        <v>409</v>
+      </c>
+      <c r="M63" t="s">
+        <v>410</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>411</v>
+      </c>
+      <c r="P63" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>413</v>
+      </c>
+      <c r="B64" t="s">
+        <v>414</v>
+      </c>
+      <c r="C64" t="s">
+        <v>415</v>
+      </c>
+      <c r="D64" t="s">
+        <v>136</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>81</v>
+      </c>
+      <c r="H64">
+        <v>2016</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>161</v>
+      </c>
+      <c r="K64" t="s">
+        <v>37</v>
+      </c>
+      <c r="L64" t="s">
+        <v>318</v>
+      </c>
+      <c r="M64" t="s">
+        <v>416</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>417</v>
+      </c>
+      <c r="P64" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>419</v>
+      </c>
+      <c r="B65" t="s">
+        <v>420</v>
+      </c>
+      <c r="C65" t="s">
+        <v>421</v>
+      </c>
+      <c r="D65" t="s">
+        <v>422</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>81</v>
+      </c>
+      <c r="H65">
+        <v>2009</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>137</v>
+      </c>
+      <c r="K65" t="s">
+        <v>37</v>
+      </c>
+      <c r="L65" t="s">
+        <v>423</v>
+      </c>
+      <c r="M65" t="s">
+        <v>424</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>425</v>
+      </c>
+      <c r="P65" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>427</v>
+      </c>
+      <c r="B66" t="s">
+        <v>428</v>
+      </c>
+      <c r="C66" t="s">
+        <v>429</v>
+      </c>
+      <c r="D66" t="s">
+        <v>63</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>225</v>
+      </c>
+      <c r="G66" t="s">
+        <v>81</v>
+      </c>
+      <c r="H66">
+        <v>2011</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>177</v>
+      </c>
+      <c r="K66" t="s">
+        <v>37</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>430</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>431</v>
+      </c>
+      <c r="P66" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>433</v>
+      </c>
+      <c r="B67" t="s">
+        <v>434</v>
+      </c>
+      <c r="C67" t="s">
         <v>283</v>
       </c>
-      <c r="M61" t="s">
-[...7 lines deleted...]
-      <c r="A62" t="s">
+      <c r="D67" t="s">
+        <v>435</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2014</v>
+      </c>
+      <c r="I67">
+        <v>2017</v>
+      </c>
+      <c r="J67" t="s">
+        <v>56</v>
+      </c>
+      <c r="K67" t="s">
+        <v>37</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
         <v>285</v>
       </c>
-      <c r="B62" t="s">
-[...242 lines deleted...]
-      </c>
       <c r="N67" t="s">
-        <v>312</v>
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>436</v>
+      </c>
+      <c r="P67" t="s">
+        <v>437</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>