--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,347 +12,412 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -616,571 +681,638 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="102.546" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...24 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F6" t="s">
+        <v>64</v>
+      </c>
+      <c r="G6" t="s">
         <v>34</v>
       </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>65</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
+      <c r="L7" t="s">
+        <v>73</v>
+      </c>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>80</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...28 lines deleted...]
-        <v>41</v>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...38 lines deleted...]
-        <v>49</v>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" t="s">
+        <v>87</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>88</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>89</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>91</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>92</v>
+      </c>
+      <c r="P9" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...37 lines deleted...]
-      </c>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>94</v>
+      </c>
+      <c r="B10" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" t="s">
+        <v>96</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>97</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>98</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>99</v>
+      </c>
+      <c r="P10"/>
     </row>
-    <row r="7" spans="1:14">
-[...161 lines deleted...]
-      <c r="N10" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>102</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1997</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
         <v>80</v>
       </c>
-    </row>
-[...30 lines deleted...]
-      </c>
       <c r="K11" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="N11" t="s">
-        <v>85</v>
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>105</v>
+      </c>
+      <c r="P11" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>