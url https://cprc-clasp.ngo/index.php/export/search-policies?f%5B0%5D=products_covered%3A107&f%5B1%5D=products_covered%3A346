--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,356 +12,437 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -625,653 +706,734 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>41</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>25</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>46</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>39</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K10" t="s">
+        <v>85</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>88</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>46</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>94</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>46</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>39</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>103</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...23 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>46</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>84</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>95</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...89 lines deleted...]
-      <c r="B6" t="s">
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>112</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
-[...329 lines deleted...]
-        <v>88</v>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>