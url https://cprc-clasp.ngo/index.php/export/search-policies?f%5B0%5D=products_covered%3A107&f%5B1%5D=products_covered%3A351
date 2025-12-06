--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,344 +12,421 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -613,651 +690,732 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L8" t="s">
         <v>25</v>
       </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>35</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...24 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="F10" t="s">
+        <v>85</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
         <v>35</v>
       </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>83</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>100</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1997</v>
+      </c>
+      <c r="I13">
+        <v>2011</v>
+      </c>
+      <c r="J13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K13" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...394 lines deleted...]
-      </c>
       <c r="L13" t="s">
-        <v>83</v>
+        <v>106</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
-        <v>84</v>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>