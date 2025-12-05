--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,305 +12,378 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -574,565 +647,634 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="249" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="249.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="511.875" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4"/>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>42</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>47</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>42</v>
+      </c>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2016</v>
       </c>
-      <c r="H3"/>
-[...16 lines deleted...]
-        <v>31</v>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>62</v>
+      </c>
+      <c r="M8" t="s">
+        <v>63</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
-[...32 lines deleted...]
-        <v>36</v>
+      <c r="E9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...38 lines deleted...]
-        <v>40</v>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>79</v>
+      </c>
+      <c r="G10" t="s">
+        <v>80</v>
+      </c>
+      <c r="H10">
+        <v>1999</v>
+      </c>
+      <c r="I10">
+        <v>2009</v>
+      </c>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...85 lines deleted...]
-      <c r="B8" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E11" t="s">
+        <v>69</v>
+      </c>
+      <c r="F11" t="s">
+        <v>79</v>
+      </c>
+      <c r="G11" t="s">
+        <v>89</v>
+      </c>
+      <c r="H11">
+        <v>2025</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>90</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="C8" t="s">
-[...157 lines deleted...]
-        <v>71</v>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>