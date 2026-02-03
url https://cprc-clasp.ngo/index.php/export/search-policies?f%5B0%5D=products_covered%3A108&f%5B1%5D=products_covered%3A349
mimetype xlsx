--- v0 (2025-10-14)
+++ v1 (2026-02-03)
@@ -12,287 +12,351 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -556,471 +620,526 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="511.875" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>35</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...28 lines deleted...]
-      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7"/>
     </row>
-    <row r="4" spans="1:14">
-[...36 lines deleted...]
-        <v>36</v>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" t="s">
+        <v>68</v>
+      </c>
+      <c r="H8">
+        <v>1999</v>
+      </c>
+      <c r="I8">
+        <v>2009</v>
+      </c>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...3 lines deleted...]
-      <c r="B5" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>77</v>
+      </c>
+      <c r="F9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G9" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9">
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
-[...191 lines deleted...]
-        <v>65</v>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>