--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -12,344 +12,421 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -613,611 +690,686 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="511.875" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F9" t="s">
+        <v>84</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>1999</v>
+      </c>
+      <c r="I9">
+        <v>2009</v>
+      </c>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>91</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H10">
+        <v>2018</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>92</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>70</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>84</v>
+      </c>
+      <c r="G11" t="s">
+        <v>98</v>
+      </c>
+      <c r="H11">
+        <v>2025</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1997</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>106</v>
+      </c>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...409 lines deleted...]
-        <v>84</v>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>