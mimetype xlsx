--- v0 (2025-12-04)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -872,50 +872,53 @@
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
     <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
     <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
   </si>
   <si>
     <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
@@ -3119,222 +3122,222 @@
       </c>
       <c r="P37" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>272</v>
       </c>
       <c r="B38" t="s">
         <v>273</v>
       </c>
       <c r="C38" t="s">
         <v>236</v>
       </c>
       <c r="D38" t="s">
         <v>274</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>65</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>275</v>
       </c>
       <c r="H38">
         <v>2002</v>
       </c>
       <c r="I38">
         <v>2007</v>
       </c>
       <c r="J38" t="s">
         <v>223</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M38" t="s">
         <v>240</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P38" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B39" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C39" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D39" t="s">
         <v>229</v>
       </c>
       <c r="E39" t="s">
         <v>42</v>
       </c>
       <c r="F39" t="s">
         <v>103</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2001</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M39" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P39" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B40" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C40" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D40" t="s">
         <v>111</v>
       </c>
       <c r="E40" t="s">
         <v>42</v>
       </c>
       <c r="F40" t="s">
         <v>43</v>
       </c>
       <c r="G40" t="s">
         <v>55</v>
       </c>
       <c r="H40">
         <v>2006</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M40" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P40" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B41" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C41" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D41" t="s">
         <v>64</v>
       </c>
       <c r="E41" t="s">
         <v>42</v>
       </c>
       <c r="F41" t="s">
         <v>43</v>
       </c>
       <c r="G41" t="s">
         <v>55</v>
       </c>
       <c r="H41">
         <v>2009</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>179</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="M41" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="P41" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">