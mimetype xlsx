--- v1 (2026-02-04)
+++ v2 (2026-03-28)
@@ -409,72 +409,72 @@
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
     <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
   </si>
   <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
   </si>
@@ -2054,127 +2054,127 @@
         <v>117</v>
       </c>
       <c r="K15" t="s">
         <v>123</v>
       </c>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>127</v>
       </c>
       <c r="P15" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>129</v>
       </c>
       <c r="B16" t="s">
         <v>130</v>
       </c>
       <c r="C16" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
       <c r="D16" t="s">
         <v>122</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1992</v>
       </c>
       <c r="I16">
         <v>2013</v>
       </c>
       <c r="J16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="K16" t="s">
         <v>45</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="P16" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>129</v>
       </c>
       <c r="B17" t="s">
         <v>130</v>
       </c>
       <c r="C17" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="D17" t="s">
         <v>122</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1992</v>
       </c>
       <c r="I17">
         <v>2013</v>
       </c>
       <c r="J17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K17" t="s">
         <v>45</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>136</v>
+        <v>113</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>137</v>
       </c>
       <c r="P17" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>139</v>
       </c>
       <c r="B18" t="s">
         <v>140</v>
       </c>
       <c r="C18" t="s">
         <v>80</v>
       </c>
       <c r="D18" t="s">
         <v>141</v>
       </c>
       <c r="E18" t="s">