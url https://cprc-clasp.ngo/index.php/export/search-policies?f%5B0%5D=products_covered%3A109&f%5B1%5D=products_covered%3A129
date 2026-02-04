--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,377 +12,459 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -646,657 +728,738 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="231" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="231.086" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="792.664" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>45</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" t="s">
+        <v>90</v>
+      </c>
+      <c r="H10">
+        <v>2025</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>99</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>100</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1982</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
+      <c r="N11" t="s">
+        <v>103</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>108</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>67</v>
+      </c>
+      <c r="G12" t="s">
+        <v>109</v>
+      </c>
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12">
+        <v>2007</v>
+      </c>
+      <c r="J12" t="s">
+        <v>82</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>110</v>
+      </c>
+      <c r="M12" t="s">
+        <v>93</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...30 lines deleted...]
-        <v>32</v>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>115</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2006</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>116</v>
+      </c>
+      <c r="K13" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...396 lines deleted...]
-      </c>
       <c r="L13" t="s">
-        <v>92</v>
+        <v>117</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="N13" t="s">
-        <v>93</v>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>119</v>
+      </c>
+      <c r="P13" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>