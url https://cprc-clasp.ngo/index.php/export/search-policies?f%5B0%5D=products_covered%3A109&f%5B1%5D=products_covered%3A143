--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,543 +12,679 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -812,1069 +948,1208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="231" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="231.086" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="792.664" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="242.941" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>40</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" t="s">
+        <v>59</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>40</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>58</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>75</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>40</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>83</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>85</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>40</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>33</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>40</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>59</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>60</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
+        <v>40</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>102</v>
+      </c>
+      <c r="E12" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" t="s">
+        <v>59</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>60</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
+        <v>97</v>
+      </c>
+      <c r="N12" t="s">
+        <v>40</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" t="s">
+        <v>59</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>60</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>40</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>114</v>
+      </c>
+      <c r="D14" t="s">
+        <v>115</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>116</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>40</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>83</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>122</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...32 lines deleted...]
-      <c r="K3" t="s">
+      <c r="L15" t="s">
+        <v>123</v>
+      </c>
+      <c r="M15" t="s">
+        <v>117</v>
+      </c>
+      <c r="N15" t="s">
+        <v>40</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>128</v>
+      </c>
+      <c r="D16" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>129</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>130</v>
+      </c>
+      <c r="N16" t="s">
+        <v>40</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>135</v>
+      </c>
+      <c r="D17" t="s">
+        <v>136</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>83</v>
+      </c>
+      <c r="G17" t="s">
+        <v>137</v>
+      </c>
+      <c r="H17">
+        <v>2025</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>138</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>139</v>
+      </c>
+      <c r="M17" t="s">
+        <v>140</v>
+      </c>
+      <c r="N17" t="s">
+        <v>40</v>
+      </c>
+      <c r="O17" t="s">
+        <v>141</v>
+      </c>
+      <c r="P17" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>143</v>
+      </c>
+      <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D18" t="s">
+        <v>146</v>
+      </c>
+      <c r="E18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F18" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>147</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>148</v>
+      </c>
+      <c r="M18" t="s">
+        <v>149</v>
+      </c>
+      <c r="N18" t="s">
+        <v>40</v>
+      </c>
+      <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
+        <v>153</v>
+      </c>
+      <c r="C19" t="s">
+        <v>154</v>
+      </c>
+      <c r="D19" t="s">
+        <v>155</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>156</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1982</v>
+      </c>
+      <c r="I19">
+        <v>2024</v>
+      </c>
+      <c r="J19" t="s">
+        <v>157</v>
+      </c>
+      <c r="K19" t="s">
+        <v>158</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>159</v>
+      </c>
+      <c r="N19" t="s">
+        <v>160</v>
+      </c>
+      <c r="O19" t="s">
+        <v>161</v>
+      </c>
+      <c r="P19" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>163</v>
+      </c>
+      <c r="B20" t="s">
+        <v>164</v>
+      </c>
+      <c r="C20" t="s">
+        <v>135</v>
+      </c>
+      <c r="D20" t="s">
+        <v>165</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>83</v>
+      </c>
+      <c r="G20" t="s">
+        <v>166</v>
+      </c>
+      <c r="H20">
+        <v>2002</v>
+      </c>
+      <c r="I20">
+        <v>2007</v>
+      </c>
+      <c r="J20" t="s">
+        <v>122</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>167</v>
+      </c>
+      <c r="M20" t="s">
+        <v>140</v>
+      </c>
+      <c r="N20" t="s">
+        <v>40</v>
+      </c>
+      <c r="O20" t="s">
+        <v>168</v>
+      </c>
+      <c r="P20" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>170</v>
+      </c>
+      <c r="B21" t="s">
+        <v>171</v>
+      </c>
+      <c r="C21" t="s">
+        <v>172</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
+      <c r="G21" t="s">
         <v>35</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>173</v>
+      </c>
+      <c r="K21" t="s">
         <v>37</v>
       </c>
-      <c r="B4" t="s">
-[...18 lines deleted...]
-      <c r="I4" t="s">
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>174</v>
+      </c>
+      <c r="N21" t="s">
         <v>40</v>
       </c>
-      <c r="J4" t="s">
-[...6 lines deleted...]
-      <c r="M4" t="s">
+      <c r="O21" t="s">
+        <v>175</v>
+      </c>
+      <c r="P21" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>177</v>
+      </c>
+      <c r="B22" t="s">
+        <v>178</v>
+      </c>
+      <c r="C22" t="s">
+        <v>179</v>
+      </c>
+      <c r="D22" t="s">
+        <v>146</v>
+      </c>
+      <c r="E22" t="s">
+        <v>58</v>
+      </c>
+      <c r="F22" t="s">
+        <v>59</v>
+      </c>
+      <c r="G22" t="s">
         <v>35</v>
       </c>
-      <c r="N4" t="s">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>180</v>
+      </c>
+      <c r="K22" t="s">
         <v>37</v>
       </c>
-      <c r="B5" t="s">
-[...26 lines deleted...]
-      <c r="M5" t="s">
+      <c r="L22" t="s">
+        <v>181</v>
+      </c>
+      <c r="M22" t="s">
+        <v>182</v>
+      </c>
+      <c r="N22" t="s">
+        <v>40</v>
+      </c>
+      <c r="O22" t="s">
+        <v>183</v>
+      </c>
+      <c r="P22" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>185</v>
+      </c>
+      <c r="B23" t="s">
+        <v>186</v>
+      </c>
+      <c r="C23" t="s">
+        <v>187</v>
+      </c>
+      <c r="D23" t="s">
+        <v>46</v>
+      </c>
+      <c r="E23" t="s">
+        <v>58</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
         <v>35</v>
       </c>
-      <c r="N5" t="s">
-[...734 lines deleted...]
-      <c r="G23">
+      <c r="H23">
         <v>2006</v>
       </c>
-      <c r="H23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="K23" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>146</v>
+        <v>189</v>
       </c>
       <c r="M23" t="s">
-        <v>35</v>
+        <v>190</v>
       </c>
       <c r="N23" t="s">
-        <v>147</v>
+        <v>40</v>
+      </c>
+      <c r="O23" t="s">
+        <v>191</v>
+      </c>
+      <c r="P23" t="s">
+        <v>192</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>