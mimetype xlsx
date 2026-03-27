--- v0 (2026-02-03)
+++ v1 (2026-03-27)
@@ -606,66 +606,66 @@
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
   </si>
@@ -3946,136 +3946,136 @@
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>137</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>191</v>
       </c>
       <c r="P29" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>193</v>
       </c>
       <c r="B30" t="s">
         <v>194</v>
       </c>
       <c r="C30" t="s">
-        <v>113</v>
+        <v>195</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>1992</v>
       </c>
       <c r="I30">
         <v>2013</v>
       </c>
       <c r="J30" t="s">
-        <v>195</v>
+        <v>181</v>
       </c>
       <c r="K30" t="s">
         <v>45</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>137</v>
+        <v>196</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P30" t="s">
-        <v>197</v>
+        <v>171</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>193</v>
       </c>
       <c r="B31" t="s">
         <v>194</v>
       </c>
       <c r="C31" t="s">
-        <v>198</v>
+        <v>113</v>
       </c>
       <c r="D31" t="s">
         <v>149</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>1992</v>
       </c>
       <c r="I31">
         <v>2013</v>
       </c>
       <c r="J31" t="s">
-        <v>181</v>
+        <v>198</v>
       </c>
       <c r="K31" t="s">
         <v>45</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
+        <v>137</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
         <v>199</v>
       </c>
-      <c r="N31" t="s">
-[...2 lines deleted...]
-      <c r="O31" t="s">
+      <c r="P31" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>201</v>
       </c>
       <c r="B32" t="s">
         <v>202</v>
       </c>
       <c r="C32" t="s">
         <v>91</v>
       </c>
       <c r="D32" t="s">
         <v>114</v>
       </c>
       <c r="E32" t="s">
         <v>42</v>
       </c>
       <c r="F32" t="s">
         <v>115</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">