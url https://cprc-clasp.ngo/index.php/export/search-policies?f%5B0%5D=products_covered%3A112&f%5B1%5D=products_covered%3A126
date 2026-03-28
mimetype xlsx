--- v0 (2026-02-03)
+++ v1 (2026-03-28)
@@ -774,66 +774,66 @@
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
   </si>
   <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
   </si>
@@ -5230,136 +5230,136 @@
       </c>
       <c r="L39" t="s">
         <v>25</v>
       </c>
       <c r="M39" t="s">
         <v>188</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
         <v>246</v>
       </c>
       <c r="P39" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>248</v>
       </c>
       <c r="B40" t="s">
         <v>249</v>
       </c>
       <c r="C40" t="s">
-        <v>164</v>
+        <v>250</v>
       </c>
       <c r="D40" t="s">
         <v>207</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>1992</v>
       </c>
       <c r="I40">
         <v>2013</v>
       </c>
       <c r="J40" t="s">
-        <v>250</v>
+        <v>238</v>
       </c>
       <c r="K40" t="s">
         <v>45</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>188</v>
+        <v>251</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="P40" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>248</v>
       </c>
       <c r="B41" t="s">
         <v>249</v>
       </c>
       <c r="C41" t="s">
-        <v>253</v>
+        <v>164</v>
       </c>
       <c r="D41" t="s">
         <v>207</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>1992</v>
       </c>
       <c r="I41">
         <v>2013</v>
       </c>
       <c r="J41" t="s">
-        <v>238</v>
+        <v>253</v>
       </c>
       <c r="K41" t="s">
         <v>45</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
+        <v>188</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
         <v>254</v>
       </c>
-      <c r="N41" t="s">
-[...2 lines deleted...]
-      <c r="O41" t="s">
+      <c r="P41" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>256</v>
       </c>
       <c r="B42" t="s">
         <v>257</v>
       </c>
       <c r="C42" t="s">
         <v>112</v>
       </c>
       <c r="D42" t="s">
         <v>165</v>
       </c>
       <c r="E42" t="s">
         <v>42</v>
       </c>
       <c r="F42" t="s">
         <v>166</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">