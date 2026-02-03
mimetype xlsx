--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="557">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="558">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1302,50 +1302,53 @@
     <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
     <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
@@ -5559,1126 +5562,1126 @@
       </c>
       <c r="P72" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>415</v>
       </c>
       <c r="B73" t="s">
         <v>416</v>
       </c>
       <c r="C73" t="s">
         <v>417</v>
       </c>
       <c r="D73" t="s">
         <v>418</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>8</v>
+        <v>419</v>
       </c>
       <c r="H73">
         <v>2015</v>
       </c>
       <c r="I73">
         <v>2019</v>
       </c>
       <c r="J73" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
       <c r="L73" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="M73" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="P73" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B74" t="s">
         <v>244</v>
       </c>
       <c r="C74" t="s">
         <v>238</v>
       </c>
       <c r="D74" t="s">
         <v>107</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2001</v>
       </c>
       <c r="I74">
         <v>2010</v>
       </c>
       <c r="J74" t="s">
         <v>245</v>
       </c>
       <c r="K74" t="s">
         <v>226</v>
       </c>
       <c r="L74" t="s">
         <v>246</v>
       </c>
       <c r="M74" t="s">
         <v>240</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="P74" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B75" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C75" t="s">
         <v>301</v>
       </c>
       <c r="D75" t="s">
         <v>107</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>55</v>
       </c>
       <c r="H75">
         <v>2003</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>252</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
         <v>307</v>
       </c>
       <c r="N75" t="s">
         <v>36</v>
       </c>
       <c r="O75" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="P75" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B76" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C76" t="s">
         <v>258</v>
       </c>
       <c r="D76" t="s">
         <v>259</v>
       </c>
       <c r="E76" t="s">
         <v>42</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>55</v>
       </c>
       <c r="H76">
         <v>2013</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>33</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>260</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="P76" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B77" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C77" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D77" t="s">
         <v>107</v>
       </c>
       <c r="E77" t="s">
         <v>42</v>
       </c>
       <c r="F77" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G77" t="s">
         <v>55</v>
       </c>
       <c r="H77">
         <v>2009</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="P77" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B78" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C78" t="s">
         <v>343</v>
       </c>
       <c r="D78" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E78" t="s">
         <v>42</v>
       </c>
       <c r="F78" t="s">
         <v>43</v>
       </c>
       <c r="G78" t="s">
         <v>55</v>
       </c>
       <c r="H78">
         <v>2012</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>66</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="M78" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="P78" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B79" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C79" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D79" t="s">
         <v>142</v>
       </c>
       <c r="E79" t="s">
         <v>42</v>
       </c>
       <c r="F79" t="s">
         <v>108</v>
       </c>
       <c r="G79" t="s">
         <v>55</v>
       </c>
       <c r="H79">
         <v>2014</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="M79" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="P79" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B80" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C80" t="s">
         <v>232</v>
       </c>
       <c r="D80" t="s">
         <v>53</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>54</v>
       </c>
       <c r="G80" t="s">
         <v>55</v>
       </c>
       <c r="H80">
         <v>2022</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>56</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="N80" t="s">
         <v>58</v>
       </c>
       <c r="O80" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="P80" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B81" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C81" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D81" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>65</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2017</v>
       </c>
       <c r="I81">
         <v>2021</v>
       </c>
       <c r="J81" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K81" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="L81" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="M81" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="N81" t="s">
         <v>36</v>
       </c>
       <c r="O81" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="P81" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B82" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C82" t="s">
         <v>238</v>
       </c>
       <c r="D82" t="s">
         <v>80</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>65</v>
       </c>
       <c r="G82" t="s">
         <v>8</v>
       </c>
       <c r="H82">
         <v>2011</v>
       </c>
       <c r="I82">
         <v>2024</v>
       </c>
       <c r="J82" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="M82" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="P82" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B83" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C83" t="s">
         <v>52</v>
       </c>
       <c r="D83" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>54</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>1982</v>
       </c>
       <c r="I83">
         <v>2024</v>
       </c>
       <c r="J83" t="s">
         <v>56</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="N83" t="s">
         <v>58</v>
       </c>
       <c r="O83" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="P83" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B84" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C84" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D84" t="s">
         <v>107</v>
       </c>
       <c r="E84" t="s">
         <v>42</v>
       </c>
       <c r="F84" t="s">
         <v>65</v>
       </c>
       <c r="G84" t="s">
         <v>55</v>
       </c>
       <c r="H84">
         <v>2024</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>23</v>
       </c>
       <c r="K84" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="L84" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="M84" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="N84" t="s">
         <v>36</v>
       </c>
       <c r="O84" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="P84" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B85" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C85" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D85" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>55</v>
       </c>
       <c r="H85">
         <v>2016</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
         <v>252</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="P85" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B86" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C86" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D86" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>43</v>
       </c>
       <c r="G86" t="s">
         <v>55</v>
       </c>
       <c r="H86">
         <v>2017</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
         <v>252</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="N86" t="s">
         <v>36</v>
       </c>
       <c r="O86" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="P86" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B87" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C87" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D87" t="s">
         <v>107</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
-        <v>22</v>
+        <v>419</v>
       </c>
       <c r="H87">
         <v>2010</v>
       </c>
       <c r="I87">
         <v>2019</v>
       </c>
       <c r="J87" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="K87" t="s">
         <v>271</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="P87" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B88" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C88" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D88" t="s">
         <v>107</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2010</v>
       </c>
       <c r="I88">
         <v>2019</v>
       </c>
       <c r="J88" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K88" t="s">
         <v>271</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="N88" t="s">
         <v>36</v>
       </c>
       <c r="O88" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="P88" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B89" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C89" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D89" t="s">
         <v>411</v>
       </c>
       <c r="E89" t="s">
         <v>42</v>
       </c>
       <c r="F89" t="s">
         <v>108</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2001</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="M89" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="P89" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B90" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C90" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D90" t="s">
         <v>107</v>
       </c>
       <c r="E90" t="s">
         <v>42</v>
       </c>
       <c r="F90" t="s">
         <v>43</v>
       </c>
       <c r="G90" t="s">
         <v>55</v>
       </c>
       <c r="H90">
         <v>2022</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="K90" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="L90" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="M90" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="P90" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B91" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C91" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D91" t="s">
         <v>80</v>
       </c>
       <c r="E91" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
         <v>43</v>
       </c>
       <c r="G91" t="s">
         <v>55</v>
       </c>
       <c r="H91">
         <v>2022</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="K91" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="P91" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B92" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C92" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D92" t="s">
         <v>107</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>55</v>
       </c>
       <c r="H92">
         <v>2022</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="K92" t="s">
         <v>124</v>
       </c>
       <c r="L92" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="M92" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="P92" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B93" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C93" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D93" t="s">
         <v>80</v>
       </c>
       <c r="E93" t="s">
         <v>42</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>55</v>
       </c>
       <c r="H93">
         <v>2022</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="K93" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="L93" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="M93" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="P93" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B94" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C94" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D94" t="s">
         <v>80</v>
       </c>
       <c r="E94" t="s">
         <v>42</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>55</v>
       </c>
       <c r="H94">
         <v>2022</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="M94" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="P94" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B95" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C95" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D95" t="s">
         <v>64</v>
       </c>
       <c r="E95" t="s">
         <v>42</v>
       </c>
       <c r="F95" t="s">
         <v>43</v>
       </c>
       <c r="G95" t="s">
         <v>55</v>
       </c>
       <c r="H95">
         <v>2009</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>252</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="M95" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="P95" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">