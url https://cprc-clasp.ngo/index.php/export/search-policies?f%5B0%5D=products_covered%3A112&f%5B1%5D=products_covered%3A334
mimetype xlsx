--- v0 (2026-02-03)
+++ v1 (2026-03-27)
@@ -640,63 +640,63 @@
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
   </si>
@@ -4082,136 +4082,136 @@
         <v>130</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>202</v>
       </c>
       <c r="P31" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>204</v>
       </c>
       <c r="B32" t="s">
         <v>205</v>
       </c>
       <c r="C32" t="s">
-        <v>113</v>
+        <v>201</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>1992</v>
       </c>
       <c r="I32">
         <v>2013</v>
       </c>
       <c r="J32" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="K32" t="s">
         <v>45</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>137</v>
+        <v>206</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>207</v>
       </c>
       <c r="P32" t="s">
-        <v>208</v>
+        <v>181</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>204</v>
       </c>
       <c r="B33" t="s">
         <v>205</v>
       </c>
       <c r="C33" t="s">
-        <v>201</v>
+        <v>113</v>
       </c>
       <c r="D33" t="s">
         <v>159</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>1992</v>
       </c>
       <c r="I33">
         <v>2013</v>
       </c>
       <c r="J33" t="s">
-        <v>196</v>
+        <v>208</v>
       </c>
       <c r="K33" t="s">
         <v>45</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
+        <v>137</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
         <v>209</v>
       </c>
-      <c r="N33" t="s">
-[...2 lines deleted...]
-      <c r="O33" t="s">
+      <c r="P33" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>211</v>
       </c>
       <c r="B34" t="s">
         <v>212</v>
       </c>
       <c r="C34" t="s">
         <v>91</v>
       </c>
       <c r="D34" t="s">
         <v>114</v>
       </c>
       <c r="E34" t="s">
         <v>42</v>
       </c>
       <c r="F34" t="s">
         <v>115</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">