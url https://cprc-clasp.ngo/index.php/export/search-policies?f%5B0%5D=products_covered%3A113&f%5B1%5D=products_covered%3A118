--- v0 (2026-02-04)
+++ v1 (2026-03-28)
@@ -422,66 +422,66 @@
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
   </si>
@@ -2527,136 +2527,136 @@
       </c>
       <c r="L20" t="s">
         <v>93</v>
       </c>
       <c r="M20" t="s">
         <v>81</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>130</v>
       </c>
       <c r="P20" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>132</v>
       </c>
       <c r="B21" t="s">
         <v>133</v>
       </c>
       <c r="C21" t="s">
-        <v>62</v>
+        <v>134</v>
       </c>
       <c r="D21" t="s">
         <v>101</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>1992</v>
       </c>
       <c r="I21">
         <v>2013</v>
       </c>
       <c r="J21" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="K21" t="s">
         <v>45</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>81</v>
+        <v>135</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P21" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>132</v>
       </c>
       <c r="B22" t="s">
         <v>133</v>
       </c>
       <c r="C22" t="s">
-        <v>137</v>
+        <v>62</v>
       </c>
       <c r="D22" t="s">
         <v>101</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>1992</v>
       </c>
       <c r="I22">
         <v>2013</v>
       </c>
       <c r="J22" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="K22" t="s">
         <v>45</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
+        <v>81</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
         <v>138</v>
       </c>
-      <c r="N22" t="s">
-[...2 lines deleted...]
-      <c r="O22" t="s">
+      <c r="P22" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>140</v>
       </c>
       <c r="B23" t="s">
         <v>141</v>
       </c>
       <c r="C23" t="s">
         <v>52</v>
       </c>
       <c r="D23" t="s">
         <v>63</v>
       </c>
       <c r="E23" t="s">
         <v>42</v>
       </c>
       <c r="F23" t="s">
         <v>64</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">