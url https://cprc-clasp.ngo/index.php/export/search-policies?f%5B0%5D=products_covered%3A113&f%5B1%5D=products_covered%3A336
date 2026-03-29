--- v0 (2025-12-06)
+++ v1 (2026-03-29)
@@ -454,66 +454,66 @@
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2014/66</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
     <t>Gas stoves and ovens</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
     <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
   </si>
@@ -3168,136 +3168,136 @@
         <v>92</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>141</v>
       </c>
       <c r="P21" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>143</v>
       </c>
       <c r="B22" t="s">
         <v>144</v>
       </c>
       <c r="C22" t="s">
-        <v>80</v>
+        <v>145</v>
       </c>
       <c r="D22" t="s">
         <v>111</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>1992</v>
       </c>
       <c r="I22">
         <v>2013</v>
       </c>
       <c r="J22" t="s">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="K22" t="s">
         <v>45</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>99</v>
+        <v>146</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P22" t="s">
-        <v>147</v>
+        <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>143</v>
       </c>
       <c r="B23" t="s">
         <v>144</v>
       </c>
       <c r="C23" t="s">
-        <v>148</v>
+        <v>80</v>
       </c>
       <c r="D23" t="s">
         <v>111</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>1992</v>
       </c>
       <c r="I23">
         <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>132</v>
+        <v>148</v>
       </c>
       <c r="K23" t="s">
         <v>45</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
+        <v>99</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
         <v>149</v>
       </c>
-      <c r="N23" t="s">
-[...2 lines deleted...]
-      <c r="O23" t="s">
+      <c r="P23" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>151</v>
       </c>
       <c r="B24" t="s">
         <v>152</v>
       </c>
       <c r="C24" t="s">
         <v>153</v>
       </c>
       <c r="D24" t="s">
         <v>53</v>
       </c>
       <c r="E24" t="s">
         <v>42</v>
       </c>
       <c r="F24" t="s">
         <v>82</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">