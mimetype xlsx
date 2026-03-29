--- v0 (2026-02-03)
+++ v1 (2026-03-29)
@@ -393,66 +393,66 @@
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
   </si>
   <si>
     <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
   </si>
@@ -2504,136 +2504,136 @@
       <c r="K17" t="s">
         <v>108</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>87</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>121</v>
       </c>
       <c r="P17" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>123</v>
       </c>
       <c r="B18" t="s">
         <v>124</v>
       </c>
       <c r="C18" t="s">
-        <v>68</v>
+        <v>125</v>
       </c>
       <c r="D18" t="s">
         <v>99</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1992</v>
       </c>
       <c r="I18">
         <v>2013</v>
       </c>
       <c r="J18" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K18" t="s">
         <v>53</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>87</v>
+        <v>126</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P18" t="s">
-        <v>127</v>
+        <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>123</v>
       </c>
       <c r="B19" t="s">
         <v>124</v>
       </c>
       <c r="C19" t="s">
-        <v>128</v>
+        <v>68</v>
       </c>
       <c r="D19" t="s">
         <v>99</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1992</v>
       </c>
       <c r="I19">
         <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="K19" t="s">
         <v>53</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
+        <v>87</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
         <v>129</v>
       </c>
-      <c r="N19" t="s">
-[...2 lines deleted...]
-      <c r="O19" t="s">
+      <c r="P19" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>131</v>
       </c>
       <c r="B20" t="s">
         <v>132</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>69</v>
       </c>
       <c r="E20" t="s">
         <v>51</v>
       </c>
       <c r="F20" t="s">
         <v>70</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">