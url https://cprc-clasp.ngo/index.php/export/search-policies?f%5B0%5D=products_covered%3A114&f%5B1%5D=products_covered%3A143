--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,491 +12,625 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -760,1017 +894,1150 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="862.218" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="242.941" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>57</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>62</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>57</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>52</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>69</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>86</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10"/>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>69</v>
+      </c>
+      <c r="F11" t="s">
+        <v>70</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>35</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>69</v>
+      </c>
+      <c r="F12" t="s">
+        <v>70</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
+        <v>35</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>99</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>97</v>
+      </c>
+      <c r="D13" t="s">
+        <v>104</v>
+      </c>
+      <c r="E13" t="s">
+        <v>69</v>
+      </c>
+      <c r="F13" t="s">
+        <v>70</v>
+      </c>
+      <c r="G13" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
+      <c r="M13" t="s">
+        <v>99</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>69</v>
+      </c>
+      <c r="F14" t="s">
+        <v>70</v>
+      </c>
+      <c r="G14" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>71</v>
+      </c>
+      <c r="K14" t="s">
+        <v>35</v>
+      </c>
+      <c r="L14" t="s">
+        <v>111</v>
+      </c>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>86</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>118</v>
+      </c>
+      <c r="K15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
+        <v>125</v>
+      </c>
+      <c r="E16" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" t="s">
+        <v>70</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>126</v>
+      </c>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>117</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F17" t="s">
+        <v>133</v>
+      </c>
+      <c r="G17" t="s">
+        <v>8</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
+      <c r="J17" t="s">
+        <v>134</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
+      <c r="M17" t="s">
+        <v>136</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>141</v>
+      </c>
+      <c r="D18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>142</v>
+      </c>
+      <c r="K18" t="s">
+        <v>35</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>143</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>146</v>
+      </c>
+      <c r="B19" t="s">
+        <v>147</v>
+      </c>
+      <c r="C19" t="s">
+        <v>148</v>
+      </c>
+      <c r="D19" t="s">
+        <v>125</v>
+      </c>
+      <c r="E19" t="s">
+        <v>69</v>
+      </c>
+      <c r="F19" t="s">
+        <v>70</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K19" t="s">
+        <v>35</v>
+      </c>
+      <c r="L19" t="s">
+        <v>150</v>
+      </c>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C20" t="s">
+        <v>156</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>157</v>
+      </c>
+      <c r="K20" t="s">
+        <v>158</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>159</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" t="s">
+        <v>163</v>
+      </c>
+      <c r="C21" t="s">
+        <v>156</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>69</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G21" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>157</v>
+      </c>
+      <c r="K21" t="s">
+        <v>164</v>
+      </c>
+      <c r="L21" t="s">
+        <v>165</v>
+      </c>
+      <c r="M21" t="s">
+        <v>159</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>166</v>
+      </c>
+      <c r="P21" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>168</v>
+      </c>
+      <c r="B22" t="s">
+        <v>169</v>
+      </c>
+      <c r="C22" t="s">
+        <v>156</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>69</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>157</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L22" t="s">
+        <v>170</v>
+      </c>
+      <c r="M22" t="s">
+        <v>159</v>
+      </c>
+      <c r="N22" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...815 lines deleted...]
-        <v>131</v>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>