--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -12,529 +12,681 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -798,1115 +950,1262 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="862.218" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>1990</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...11 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>54</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
+      <c r="G7" t="s">
         <v>35</v>
       </c>
-      <c r="C4" t="s">
-[...53 lines deleted...]
-      <c r="G5">
+      <c r="H7">
         <v>2015</v>
       </c>
-      <c r="H5"/>
-[...80 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>53</v>
       </c>
-      <c r="K7"/>
+      <c r="K7" t="s">
+        <v>66</v>
+      </c>
       <c r="L7"/>
-      <c r="M7" t="s">
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>61</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>44</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...10 lines deleted...]
-      <c r="C8" t="s">
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
         <v>43</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="G8">
+      <c r="E10" t="s">
+        <v>76</v>
+      </c>
+      <c r="F10" t="s">
+        <v>77</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>79</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
+        <v>77</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>44</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>79</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2023</v>
+      </c>
+      <c r="J12" t="s">
+        <v>98</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>99</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>77</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>105</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>104</v>
+      </c>
+      <c r="D14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" t="s">
+        <v>76</v>
+      </c>
+      <c r="F14" t="s">
+        <v>77</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
         <v>2015</v>
       </c>
-      <c r="H8">
+      <c r="J14" t="s">
+        <v>105</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>120</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>122</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>84</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>134</v>
+      </c>
+      <c r="D17" t="s">
+        <v>135</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>120</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>136</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>137</v>
+      </c>
+      <c r="M17" t="s">
+        <v>138</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>134</v>
+      </c>
+      <c r="D18" t="s">
+        <v>143</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>136</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>144</v>
+      </c>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>149</v>
+      </c>
+      <c r="D19" t="s">
+        <v>150</v>
+      </c>
+      <c r="E19" t="s">
+        <v>76</v>
+      </c>
+      <c r="F19" t="s">
+        <v>120</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>151</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>152</v>
+      </c>
+      <c r="M19" t="s">
+        <v>153</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>158</v>
+      </c>
+      <c r="D20" t="s">
+        <v>159</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>120</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>160</v>
+      </c>
+      <c r="K20" t="s">
+        <v>161</v>
+      </c>
+      <c r="L20" t="s">
+        <v>162</v>
+      </c>
+      <c r="M20" t="s">
+        <v>163</v>
+      </c>
+      <c r="N20" t="s">
+        <v>164</v>
+      </c>
+      <c r="O20" t="s">
+        <v>165</v>
+      </c>
+      <c r="P20" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>167</v>
+      </c>
+      <c r="B21" t="s">
+        <v>168</v>
+      </c>
+      <c r="C21" t="s">
+        <v>169</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>120</v>
+      </c>
+      <c r="G21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
         <v>2024</v>
       </c>
-      <c r="I8" t="s">
-[...9 lines deleted...]
-      <c r="M8" t="s">
+      <c r="J21" t="s">
+        <v>170</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...7 lines deleted...]
-      <c r="B9" t="s">
+      <c r="L21" t="s">
+        <v>171</v>
+      </c>
+      <c r="M21" t="s">
+        <v>172</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>173</v>
+      </c>
+      <c r="P21" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>175</v>
+      </c>
+      <c r="B22" t="s">
+        <v>176</v>
+      </c>
+      <c r="C22" t="s">
+        <v>177</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>76</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
         <v>35</v>
       </c>
-      <c r="C9" t="s">
-[...567 lines deleted...]
-      <c r="G22">
+      <c r="H22">
         <v>2022</v>
       </c>
-      <c r="H22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
         <v>136</v>
       </c>
-      <c r="K22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K22" t="s">
+        <v>178</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
+        <v>179</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>180</v>
+      </c>
+      <c r="P22" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>182</v>
+      </c>
+      <c r="B23" t="s">
+        <v>183</v>
+      </c>
+      <c r="C23" t="s">
+        <v>177</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>76</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>136</v>
+      </c>
+      <c r="K23" t="s">
+        <v>184</v>
+      </c>
+      <c r="L23" t="s">
+        <v>185</v>
+      </c>
+      <c r="M23" t="s">
+        <v>179</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>186</v>
+      </c>
+      <c r="P23" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>188</v>
+      </c>
+      <c r="B24" t="s">
+        <v>189</v>
+      </c>
+      <c r="C24" t="s">
+        <v>177</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>76</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>136</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N22" t="s">
-[...76 lines deleted...]
-      </c>
       <c r="L24" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>179</v>
       </c>
       <c r="N24" t="s">
-        <v>145</v>
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>191</v>
+      </c>
+      <c r="P24" t="s">
+        <v>192</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>