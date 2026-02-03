--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -241,69 +241,69 @@
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
     <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
 The following are excluded from the scope of this regulation: 
 a) Devices that are both cooling and heating types
 b) Devices where the heating element does not directly heat the air
 c) Heating devices installed within the structure of a building
@@ -1141,51 +1141,51 @@
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>75</v>
       </c>
       <c r="B9" t="s">
         <v>76</v>
       </c>
       <c r="C9" t="s">
         <v>77</v>
       </c>
       <c r="D9" t="s">
         <v>78</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>34</v>
       </c>
       <c r="H9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>79</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>80</v>
       </c>
       <c r="N9" t="s">
         <v>36</v>
       </c>
       <c r="O9" t="s">
         <v>81</v>
       </c>
       <c r="P9" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>83</v>