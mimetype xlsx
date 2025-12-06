--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,316 +12,390 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -585,559 +659,628 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>63</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
+        <v>71</v>
+      </c>
+      <c r="G8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>81</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>80</v>
+      </c>
+      <c r="K10" t="s">
+        <v>87</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>82</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...357 lines deleted...]
-        <v>74</v>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>