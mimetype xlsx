--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="442">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -878,101 +878,73 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
     <t>This policy covers household electric heating appliances.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
     <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...30 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
     <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
     <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
   </si>
   <si>
     <t>Greenmark N81 - Fans</t>
   </si>
@@ -1749,51 +1721,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P62"/>
+  <dimension ref="A1:P61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="98.976" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -3622,1189 +3594,1139 @@
       </c>
       <c r="M38" t="s">
         <v>275</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>276</v>
       </c>
       <c r="P38" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>278</v>
       </c>
       <c r="B39" t="s">
         <v>279</v>
       </c>
       <c r="C39" t="s">
         <v>280</v>
       </c>
       <c r="D39" t="s">
-        <v>80</v>
+        <v>189</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>65</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2013</v>
       </c>
       <c r="I39">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J39" t="s">
         <v>281</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
         <v>282</v>
       </c>
       <c r="M39" t="s">
         <v>283</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
         <v>284</v>
       </c>
       <c r="P39" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>286</v>
       </c>
       <c r="B40" t="s">
         <v>287</v>
       </c>
       <c r="C40" t="s">
+        <v>182</v>
+      </c>
+      <c r="D40" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H40">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
+        <v>56</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
         <v>289</v>
       </c>
-      <c r="K40" t="s">
-[...2 lines deleted...]
-      <c r="L40" t="s">
+      <c r="N40" t="s">
+        <v>58</v>
+      </c>
+      <c r="O40" t="s">
         <v>290</v>
       </c>
-      <c r="M40" t="s">
-[...5 lines deleted...]
-      <c r="O40" t="s">
+      <c r="P40" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>292</v>
+      </c>
+      <c r="B41" t="s">
         <v>293</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
-        <v>182</v>
+        <v>196</v>
       </c>
       <c r="D41" t="s">
-        <v>295</v>
+        <v>80</v>
       </c>
       <c r="E41" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F41" t="s">
-        <v>54</v>
+        <v>112</v>
       </c>
       <c r="G41" t="s">
         <v>55</v>
       </c>
       <c r="H41">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
-      <c r="L41"/>
+      <c r="L41" t="s">
+        <v>294</v>
+      </c>
       <c r="M41" t="s">
+        <v>204</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>295</v>
+      </c>
+      <c r="P41" t="s">
         <v>296</v>
-      </c>
-[...7 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>297</v>
+      </c>
+      <c r="B42" t="s">
+        <v>298</v>
+      </c>
+      <c r="C42" t="s">
+        <v>280</v>
+      </c>
+      <c r="D42" t="s">
+        <v>189</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>65</v>
+      </c>
+      <c r="G42" t="s">
         <v>299</v>
       </c>
-      <c r="B42" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H42">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>66</v>
+        <v>300</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
         <v>301</v>
       </c>
       <c r="M42" t="s">
-        <v>204</v>
+        <v>283</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>302</v>
       </c>
       <c r="P42" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>304</v>
       </c>
       <c r="B43" t="s">
         <v>305</v>
       </c>
       <c r="C43" t="s">
-        <v>288</v>
+        <v>175</v>
       </c>
       <c r="D43" t="s">
-        <v>189</v>
+        <v>306</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>65</v>
       </c>
       <c r="G43" t="s">
-        <v>306</v>
+        <v>55</v>
       </c>
       <c r="H43">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
+        <v>169</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
         <v>307</v>
       </c>
-      <c r="K43" t="s">
-[...2 lines deleted...]
-      <c r="L43" t="s">
+      <c r="M43" t="s">
+        <v>177</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
         <v>308</v>
       </c>
-      <c r="M43" t="s">
-[...5 lines deleted...]
-      <c r="O43" t="s">
+      <c r="P43" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>310</v>
+      </c>
+      <c r="B44" t="s">
         <v>311</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>312</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>55</v>
       </c>
       <c r="H44">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>169</v>
+        <v>313</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
-      <c r="L44" t="s">
+      <c r="L44"/>
+      <c r="M44" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>315</v>
       </c>
       <c r="P44" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>317</v>
       </c>
       <c r="B45" t="s">
         <v>318</v>
       </c>
       <c r="C45" t="s">
+        <v>209</v>
+      </c>
+      <c r="D45" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>55</v>
+        <v>320</v>
       </c>
       <c r="H45">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>320</v>
+        <v>226</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
         <v>321</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>322</v>
       </c>
       <c r="P45" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>324</v>
       </c>
       <c r="B46" t="s">
         <v>325</v>
       </c>
       <c r="C46" t="s">
-        <v>209</v>
+        <v>326</v>
       </c>
       <c r="D46" t="s">
-        <v>326</v>
+        <v>189</v>
       </c>
       <c r="E46" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F46" t="s">
-        <v>21</v>
+        <v>327</v>
       </c>
       <c r="G46" t="s">
-        <v>327</v>
+        <v>55</v>
       </c>
       <c r="H46">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>226</v>
+        <v>328</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="P46" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B47" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C47" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D47" t="s">
-        <v>189</v>
+        <v>80</v>
       </c>
       <c r="E47" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>334</v>
+        <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="H47">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I47"/>
+        <v>2008</v>
+      </c>
+      <c r="I47">
+        <v>2017</v>
+      </c>
       <c r="J47" t="s">
         <v>335</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
-      <c r="L47"/>
+      <c r="L47" t="s">
+        <v>336</v>
+      </c>
       <c r="M47" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="P47" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B48" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C48" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D48" t="s">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="E48" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F48" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H48">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="M48" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="P48" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B49" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C49" t="s">
-        <v>349</v>
+        <v>182</v>
       </c>
       <c r="D49" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
       <c r="E49" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>112</v>
+        <v>54</v>
       </c>
       <c r="G49" t="s">
         <v>55</v>
       </c>
       <c r="H49">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
+        <v>56</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
         <v>350</v>
       </c>
-      <c r="K49" t="s">
-[...2 lines deleted...]
-      <c r="L49" t="s">
+      <c r="N49" t="s">
+        <v>58</v>
+      </c>
+      <c r="O49" t="s">
         <v>351</v>
       </c>
-      <c r="M49" t="s">
+      <c r="P49" t="s">
         <v>352</v>
-      </c>
-[...7 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>353</v>
+      </c>
+      <c r="B50" t="s">
+        <v>354</v>
+      </c>
+      <c r="C50" t="s">
         <v>355</v>
       </c>
-      <c r="B50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D50" t="s">
-        <v>53</v>
+        <v>80</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="G50" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="H50">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I50"/>
+        <v>2014</v>
+      </c>
+      <c r="I50">
+        <v>2024</v>
+      </c>
       <c r="J50" t="s">
-        <v>56</v>
+        <v>356</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
-      <c r="L50"/>
+      <c r="L50" t="s">
+        <v>357</v>
+      </c>
       <c r="M50" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="N50" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="P50" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B51" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C51" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D51" t="s">
-        <v>80</v>
+        <v>364</v>
       </c>
       <c r="E51" t="s">
-        <v>20</v>
+        <v>365</v>
       </c>
       <c r="F51" t="s">
         <v>65</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="H51"/>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
-      <c r="L51" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L51"/>
+      <c r="M51"/>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="P51" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B52" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C52" t="s">
-        <v>370</v>
+        <v>334</v>
       </c>
       <c r="D52" t="s">
+        <v>189</v>
+      </c>
+      <c r="E52" t="s">
+        <v>42</v>
+      </c>
+      <c r="F52" t="s">
+        <v>112</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1997</v>
+      </c>
+      <c r="I52">
+        <v>2011</v>
+      </c>
+      <c r="J52" t="s">
+        <v>335</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
         <v>371</v>
       </c>
-      <c r="E52" t="s">
+      <c r="M52" t="s">
         <v>372</v>
       </c>
-      <c r="F52" t="s">
-[...7 lines deleted...]
-      <c r="J52" t="s">
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
         <v>373</v>
       </c>
-      <c r="K52" t="s">
-[...7 lines deleted...]
-      <c r="O52" t="s">
+      <c r="P52" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>375</v>
+      </c>
+      <c r="B53" t="s">
         <v>376</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>377</v>
       </c>
-      <c r="C53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" t="s">
-        <v>189</v>
+        <v>378</v>
       </c>
       <c r="E53" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>112</v>
+        <v>65</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
-        <v>1997</v>
+        <v>2017</v>
       </c>
       <c r="I53">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="J53" t="s">
-        <v>342</v>
+        <v>300</v>
       </c>
       <c r="K53" t="s">
-        <v>34</v>
+        <v>379</v>
       </c>
       <c r="L53" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="M53" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="N53" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O53" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="P53" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B54" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C54" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D54" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="I54">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="J54" t="s">
-        <v>307</v>
+        <v>33</v>
       </c>
       <c r="K54" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L54"/>
       <c r="M54" t="s">
         <v>388</v>
       </c>
       <c r="N54" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O54" t="s">
         <v>389</v>
       </c>
       <c r="P54" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>391</v>
       </c>
       <c r="B55" t="s">
         <v>392</v>
       </c>
       <c r="C55" t="s">
+        <v>52</v>
+      </c>
+      <c r="D55" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2009</v>
+        <v>1982</v>
       </c>
       <c r="I55">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J55" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="K55" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
+        <v>394</v>
+      </c>
+      <c r="N55" t="s">
+        <v>58</v>
+      </c>
+      <c r="O55" t="s">
         <v>395</v>
       </c>
-      <c r="N55" t="s">
-[...2 lines deleted...]
-      <c r="O55" t="s">
+      <c r="P55" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>397</v>
+      </c>
+      <c r="B56" t="s">
         <v>398</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>399</v>
       </c>
-      <c r="C56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>400</v>
+        <v>80</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="G56" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H56">
-        <v>1982</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I56"/>
       <c r="J56" t="s">
-        <v>56</v>
+        <v>300</v>
       </c>
       <c r="K56" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L56"/>
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>400</v>
+      </c>
       <c r="M56" t="s">
         <v>401</v>
       </c>
       <c r="N56" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O56" t="s">
         <v>402</v>
       </c>
       <c r="P56" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>404</v>
       </c>
       <c r="B57" t="s">
         <v>405</v>
       </c>
       <c r="C57" t="s">
-        <v>406</v>
+        <v>166</v>
       </c>
       <c r="D57" t="s">
-        <v>80</v>
+        <v>189</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>65</v>
       </c>
       <c r="G57" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="H57">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I57"/>
+        <v>2007</v>
+      </c>
+      <c r="I57">
+        <v>2020</v>
+      </c>
       <c r="J57" t="s">
-        <v>307</v>
+        <v>169</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
+        <v>406</v>
+      </c>
+      <c r="M57" t="s">
+        <v>170</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
         <v>407</v>
       </c>
-      <c r="M57" t="s">
+      <c r="P57" t="s">
         <v>408</v>
-      </c>
-[...7 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
+        <v>409</v>
+      </c>
+      <c r="B58" t="s">
+        <v>410</v>
+      </c>
+      <c r="C58" t="s">
+        <v>326</v>
+      </c>
+      <c r="D58" t="s">
         <v>411</v>
       </c>
-      <c r="B58" t="s">
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>112</v>
+      </c>
+      <c r="G58" t="s">
+        <v>55</v>
+      </c>
+      <c r="H58">
+        <v>2011</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
         <v>412</v>
-      </c>
-[...22 lines deleted...]
-        <v>169</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58" t="s">
         <v>413</v>
       </c>
       <c r="M58" t="s">
-        <v>170</v>
+        <v>414</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="P58" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B59" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C59" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="D59" t="s">
-        <v>418</v>
+        <v>319</v>
       </c>
       <c r="E59" t="s">
         <v>42</v>
       </c>
       <c r="F59" t="s">
         <v>112</v>
       </c>
       <c r="G59" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="H59">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
+        <v>412</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
         <v>419</v>
       </c>
-      <c r="K59" t="s">
-[...2 lines deleted...]
-      <c r="L59" t="s">
+      <c r="M59" t="s">
+        <v>414</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
         <v>420</v>
       </c>
-      <c r="M59" t="s">
+      <c r="P59" t="s">
         <v>421</v>
-      </c>
-[...7 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="B60" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="C60" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="D60" t="s">
-        <v>326</v>
+        <v>411</v>
       </c>
       <c r="E60" t="s">
         <v>42</v>
       </c>
       <c r="F60" t="s">
-        <v>112</v>
+        <v>43</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2001</v>
       </c>
-      <c r="I60"/>
+      <c r="I60">
+        <v>2019</v>
+      </c>
       <c r="J60" t="s">
-        <v>419</v>
+        <v>190</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60" t="s">
+        <v>424</v>
+      </c>
+      <c r="M60" t="s">
+        <v>425</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
         <v>426</v>
       </c>
-      <c r="M60" t="s">
-[...5 lines deleted...]
-      <c r="O60" t="s">
+      <c r="P60" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>428</v>
+      </c>
+      <c r="B61" t="s">
         <v>429</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>430</v>
       </c>
-      <c r="C61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61" t="s">
-        <v>418</v>
+        <v>64</v>
       </c>
       <c r="E61" t="s">
         <v>42</v>
       </c>
       <c r="F61" t="s">
         <v>43</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H61">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>190</v>
+        <v>226</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
         <v>431</v>
       </c>
       <c r="M61" t="s">
         <v>432</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>433</v>
       </c>
       <c r="P61" t="s">
         <v>434</v>
-      </c>
-[...46 lines deleted...]
-        <v>441</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">