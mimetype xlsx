--- v1 (2026-02-04)
+++ v2 (2026-03-27)
@@ -415,72 +415,72 @@
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
     <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
   </si>
   <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
   </si>
@@ -2479,127 +2479,127 @@
         <v>128</v>
       </c>
       <c r="K15" t="s">
         <v>122</v>
       </c>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>129</v>
       </c>
       <c r="P15" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>131</v>
       </c>
       <c r="B16" t="s">
         <v>132</v>
       </c>
       <c r="C16" t="s">
-        <v>111</v>
+        <v>133</v>
       </c>
       <c r="D16" t="s">
         <v>120</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1992</v>
       </c>
       <c r="I16">
         <v>2013</v>
       </c>
       <c r="J16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K16" t="s">
         <v>45</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="P16" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>131</v>
       </c>
       <c r="B17" t="s">
         <v>132</v>
       </c>
       <c r="C17" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="D17" t="s">
         <v>120</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1992</v>
       </c>
       <c r="I17">
         <v>2013</v>
       </c>
       <c r="J17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K17" t="s">
         <v>45</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>138</v>
+        <v>123</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>139</v>
       </c>
       <c r="P17" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>141</v>
       </c>
       <c r="B18" t="s">
         <v>142</v>
       </c>
       <c r="C18" t="s">
         <v>84</v>
       </c>
       <c r="D18" t="s">
         <v>143</v>
       </c>
       <c r="E18" t="s">