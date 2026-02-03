--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -1163,68 +1163,68 @@
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
     <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>