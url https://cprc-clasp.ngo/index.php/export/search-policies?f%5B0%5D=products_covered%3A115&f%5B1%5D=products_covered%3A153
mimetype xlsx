--- v1 (2026-02-03)
+++ v2 (2026-03-28)
@@ -470,72 +470,72 @@
     <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
     <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
   </si>
   <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
   </si>
@@ -3037,127 +3037,127 @@
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>136</v>
       </c>
       <c r="N18" t="s">
         <v>36</v>
       </c>
       <c r="O18" t="s">
         <v>147</v>
       </c>
       <c r="P18" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>149</v>
       </c>
       <c r="B19" t="s">
         <v>150</v>
       </c>
       <c r="C19" t="s">
-        <v>124</v>
+        <v>151</v>
       </c>
       <c r="D19" t="s">
         <v>133</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1992</v>
       </c>
       <c r="I19">
         <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="K19" t="s">
         <v>45</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>136</v>
+        <v>153</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="P19" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>149</v>
       </c>
       <c r="B20" t="s">
         <v>150</v>
       </c>
       <c r="C20" t="s">
-        <v>154</v>
+        <v>124</v>
       </c>
       <c r="D20" t="s">
         <v>133</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>1992</v>
       </c>
       <c r="I20">
         <v>2013</v>
       </c>
       <c r="J20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K20" t="s">
         <v>45</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>157</v>
       </c>
       <c r="P20" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>159</v>
       </c>
       <c r="B21" t="s">
         <v>160</v>
       </c>
       <c r="C21" t="s">
         <v>92</v>
       </c>
       <c r="D21" t="s">
         <v>161</v>
       </c>
       <c r="E21" t="s">