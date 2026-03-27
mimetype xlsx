--- v0 (2026-02-04)
+++ v1 (2026-03-27)
@@ -460,69 +460,69 @@
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...11 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
@@ -3291,127 +3291,127 @@
         <v>141</v>
       </c>
       <c r="K16" t="s">
         <v>135</v>
       </c>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>142</v>
       </c>
       <c r="P16" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>144</v>
       </c>
       <c r="B17" t="s">
         <v>145</v>
       </c>
       <c r="C17" t="s">
-        <v>124</v>
+        <v>146</v>
       </c>
       <c r="D17" t="s">
         <v>133</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1992</v>
       </c>
       <c r="I17">
         <v>2013</v>
       </c>
       <c r="J17" t="s">
-        <v>146</v>
+        <v>44</v>
       </c>
       <c r="K17" t="s">
         <v>63</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P17" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>144</v>
       </c>
       <c r="B18" t="s">
         <v>145</v>
       </c>
       <c r="C18" t="s">
-        <v>149</v>
+        <v>124</v>
       </c>
       <c r="D18" t="s">
         <v>133</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1992</v>
       </c>
       <c r="I18">
         <v>2013</v>
       </c>
       <c r="J18" t="s">
-        <v>44</v>
+        <v>150</v>
       </c>
       <c r="K18" t="s">
         <v>63</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>151</v>
       </c>
       <c r="P18" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>153</v>
       </c>
       <c r="B19" t="s">
         <v>154</v>
       </c>
       <c r="C19" t="s">
         <v>155</v>
       </c>
       <c r="D19" t="s">
         <v>156</v>
       </c>
       <c r="E19" t="s">