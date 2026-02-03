--- v0 (2025-12-07)
+++ v1 (2026-02-03)
@@ -3086,54 +3086,54 @@
       </c>
       <c r="P35"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>249</v>
       </c>
       <c r="B36" t="s">
         <v>250</v>
       </c>
       <c r="C36" t="s">
         <v>251</v>
       </c>
       <c r="D36" t="s">
         <v>252</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>43</v>
       </c>
       <c r="G36" t="s">
         <v>55</v>
       </c>
-      <c r="H36">
+      <c r="H36"/>
+      <c r="I36">
         <v>2024</v>
       </c>
-      <c r="I36"/>
       <c r="J36" t="s">
         <v>253</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>254</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>255</v>
       </c>
       <c r="P36" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>257</v>
       </c>
       <c r="B37" t="s">