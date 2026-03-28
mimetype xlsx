--- v1 (2026-02-03)
+++ v2 (2026-03-28)
@@ -461,72 +461,72 @@
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
     <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
   </si>
   <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
   </si>
@@ -2256,127 +2256,127 @@
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>121</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>144</v>
       </c>
       <c r="P18" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>146</v>
       </c>
       <c r="B19" t="s">
         <v>147</v>
       </c>
       <c r="C19" t="s">
-        <v>110</v>
+        <v>148</v>
       </c>
       <c r="D19" t="s">
         <v>130</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1992</v>
       </c>
       <c r="I19">
         <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K19" t="s">
         <v>45</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="P19" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>146</v>
       </c>
       <c r="B20" t="s">
         <v>147</v>
       </c>
       <c r="C20" t="s">
-        <v>151</v>
+        <v>110</v>
       </c>
       <c r="D20" t="s">
         <v>130</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>1992</v>
       </c>
       <c r="I20">
         <v>2013</v>
       </c>
       <c r="J20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="K20" t="s">
         <v>45</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>153</v>
+        <v>121</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>154</v>
       </c>
       <c r="P20" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>156</v>
       </c>
       <c r="B21" t="s">
         <v>157</v>
       </c>
       <c r="C21" t="s">
         <v>88</v>
       </c>
       <c r="D21" t="s">
         <v>158</v>
       </c>
       <c r="E21" t="s">