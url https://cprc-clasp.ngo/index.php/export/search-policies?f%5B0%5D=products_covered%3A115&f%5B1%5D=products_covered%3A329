--- v0 (2026-02-03)
+++ v1 (2026-03-27)
@@ -569,72 +569,72 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
@@ -3970,127 +3970,127 @@
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>166</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>180</v>
       </c>
       <c r="P23" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>182</v>
       </c>
       <c r="B24" t="s">
         <v>183</v>
       </c>
       <c r="C24" t="s">
-        <v>149</v>
+        <v>184</v>
       </c>
       <c r="D24" t="s">
         <v>171</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>1992</v>
       </c>
       <c r="I24">
         <v>2013</v>
       </c>
       <c r="J24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="K24" t="s">
         <v>45</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="P24" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>182</v>
       </c>
       <c r="B25" t="s">
         <v>183</v>
       </c>
       <c r="C25" t="s">
-        <v>187</v>
+        <v>149</v>
       </c>
       <c r="D25" t="s">
         <v>171</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>1992</v>
       </c>
       <c r="I25">
         <v>2013</v>
       </c>
       <c r="J25" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="K25" t="s">
         <v>45</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>189</v>
+        <v>166</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>190</v>
       </c>
       <c r="P25" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>192</v>
       </c>
       <c r="B26" t="s">
         <v>193</v>
       </c>
       <c r="C26" t="s">
         <v>194</v>
       </c>
       <c r="D26" t="s">
         <v>195</v>
       </c>
       <c r="E26" t="s">