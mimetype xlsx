--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,939 +12,1255 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="367">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>May 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
   </si>
   <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
     <t>CQC 3168-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
   </si>
   <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
     <t>CQC 3176-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
   </si>
   <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Water</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1208,2209 +1524,2514 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N50"/>
+  <dimension ref="A1:P50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>65</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1998</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>66</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>67</v>
+      </c>
+      <c r="M6" t="s">
+        <v>68</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>69</v>
+      </c>
+      <c r="P6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>73</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>82</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>84</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>85</v>
+      </c>
+      <c r="P8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>95</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" t="s">
+        <v>96</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>56</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>97</v>
+      </c>
+      <c r="N10" t="s">
+        <v>58</v>
+      </c>
+      <c r="O10" t="s">
+        <v>98</v>
+      </c>
+      <c r="P10" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>102</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>103</v>
+      </c>
+      <c r="G11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>104</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>105</v>
+      </c>
+      <c r="M11" t="s">
+        <v>106</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>107</v>
+      </c>
+      <c r="P11" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>109</v>
+      </c>
+      <c r="B12" t="s">
+        <v>110</v>
+      </c>
+      <c r="C12" t="s">
+        <v>111</v>
+      </c>
+      <c r="D12" t="s">
+        <v>112</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>113</v>
+      </c>
+      <c r="K12" t="s">
+        <v>114</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>115</v>
+      </c>
+      <c r="O12" t="s">
+        <v>116</v>
+      </c>
+      <c r="P12" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>118</v>
+      </c>
+      <c r="B13" t="s">
+        <v>119</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>120</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>55</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>121</v>
+      </c>
+      <c r="K13" t="s">
+        <v>122</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>123</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>124</v>
+      </c>
+      <c r="P13" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>118</v>
+      </c>
+      <c r="B14" t="s">
+        <v>126</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>120</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>55</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>122</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>127</v>
+      </c>
+      <c r="P14" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>129</v>
+      </c>
+      <c r="B15" t="s">
+        <v>130</v>
+      </c>
+      <c r="C15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...16 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>131</v>
+      </c>
+      <c r="M15" t="s">
+        <v>132</v>
+      </c>
+      <c r="N15" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...40 lines deleted...]
-      <c r="C4" t="s">
+      <c r="O15" t="s">
+        <v>133</v>
+      </c>
+      <c r="P15" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>135</v>
+      </c>
+      <c r="B16" t="s">
+        <v>136</v>
+      </c>
+      <c r="C16" t="s">
+        <v>102</v>
+      </c>
+      <c r="D16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1992</v>
+      </c>
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>137</v>
+      </c>
+      <c r="K16" t="s">
+        <v>45</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>123</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>138</v>
+      </c>
+      <c r="P16" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
+        <v>140</v>
+      </c>
+      <c r="D17" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1992</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>141</v>
+      </c>
+      <c r="K17" t="s">
+        <v>45</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>142</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>143</v>
+      </c>
+      <c r="P17" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>145</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>80</v>
+      </c>
+      <c r="D18" t="s">
+        <v>147</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>103</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2004</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>148</v>
+      </c>
+      <c r="K18" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...11 lines deleted...]
-      <c r="H4">
+      <c r="L18" t="s">
+        <v>149</v>
+      </c>
+      <c r="M18" t="s">
+        <v>150</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>151</v>
+      </c>
+      <c r="P18" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>153</v>
+      </c>
+      <c r="B19" t="s">
+        <v>154</v>
+      </c>
+      <c r="C19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>103</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2018</v>
+      </c>
+      <c r="J19" t="s">
+        <v>148</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>155</v>
+      </c>
+      <c r="M19" t="s">
+        <v>150</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>156</v>
+      </c>
+      <c r="P19" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>158</v>
+      </c>
+      <c r="B20" t="s">
+        <v>159</v>
+      </c>
+      <c r="C20" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" t="s">
+        <v>81</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>103</v>
+      </c>
+      <c r="G20" t="s">
+        <v>55</v>
+      </c>
+      <c r="H20">
+        <v>2018</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>82</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>160</v>
+      </c>
+      <c r="M20" t="s">
+        <v>150</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>161</v>
+      </c>
+      <c r="P20" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>163</v>
+      </c>
+      <c r="B21" t="s">
+        <v>164</v>
+      </c>
+      <c r="C21" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" t="s">
+        <v>81</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>103</v>
+      </c>
+      <c r="G21" t="s">
+        <v>55</v>
+      </c>
+      <c r="H21">
+        <v>2020</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>82</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>165</v>
+      </c>
+      <c r="M21" t="s">
+        <v>150</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>166</v>
+      </c>
+      <c r="P21" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>168</v>
+      </c>
+      <c r="B22" t="s">
+        <v>169</v>
+      </c>
+      <c r="C22" t="s">
+        <v>170</v>
+      </c>
+      <c r="D22" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>54</v>
+      </c>
+      <c r="G22" t="s">
+        <v>96</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>56</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>171</v>
+      </c>
+      <c r="N22" t="s">
+        <v>58</v>
+      </c>
+      <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>174</v>
+      </c>
+      <c r="B23" t="s">
+        <v>175</v>
+      </c>
+      <c r="C23" t="s">
+        <v>176</v>
+      </c>
+      <c r="D23" t="s">
+        <v>177</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2009</v>
+      </c>
+      <c r="J23" t="s">
+        <v>178</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>179</v>
+      </c>
+      <c r="M23" t="s">
+        <v>180</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>181</v>
+      </c>
+      <c r="P23" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>183</v>
+      </c>
+      <c r="B24" t="s">
+        <v>184</v>
+      </c>
+      <c r="C24" t="s">
+        <v>176</v>
+      </c>
+      <c r="D24" t="s">
+        <v>81</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1992</v>
+      </c>
+      <c r="I24">
+        <v>2016</v>
+      </c>
+      <c r="J24" t="s">
+        <v>185</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>180</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>186</v>
+      </c>
+      <c r="P24" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>187</v>
+      </c>
+      <c r="B25" t="s">
+        <v>188</v>
+      </c>
+      <c r="C25" t="s">
+        <v>189</v>
+      </c>
+      <c r="D25" t="s">
+        <v>190</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>65</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...19 lines deleted...]
-      <c r="A5" t="s">
+      <c r="J25" t="s">
+        <v>191</v>
+      </c>
+      <c r="K25" t="s">
+        <v>45</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>192</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>193</v>
+      </c>
+      <c r="P25" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>195</v>
+      </c>
+      <c r="B26" t="s">
+        <v>196</v>
+      </c>
+      <c r="C26" t="s">
+        <v>111</v>
+      </c>
+      <c r="D26" t="s">
+        <v>177</v>
+      </c>
+      <c r="E26" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...439 lines deleted...]
-      <c r="L15" t="s">
+      <c r="F26" t="s">
         <v>103</v>
       </c>
-      <c r="M15" t="s">
-[...448 lines deleted...]
-        <v>2015</v>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2015</v>
       </c>
-      <c r="I26" t="s">
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>197</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>25</v>
+      </c>
+      <c r="M26" t="s">
+        <v>198</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>199</v>
+      </c>
+      <c r="P26" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>201</v>
+      </c>
+      <c r="B27" t="s">
+        <v>202</v>
+      </c>
+      <c r="C27" t="s">
+        <v>80</v>
+      </c>
+      <c r="D27" t="s">
+        <v>203</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>204</v>
+      </c>
+      <c r="H27">
+        <v>2024</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>205</v>
+      </c>
+      <c r="M27" t="s">
+        <v>206</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>207</v>
+      </c>
+      <c r="P27" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>209</v>
+      </c>
+      <c r="B28" t="s">
+        <v>210</v>
+      </c>
+      <c r="C28" t="s">
+        <v>80</v>
+      </c>
+      <c r="D28" t="s">
+        <v>81</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2008</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
         <v>148</v>
       </c>
-      <c r="J26" t="s">
-[...2 lines deleted...]
-      <c r="K26" t="s">
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>211</v>
+      </c>
+      <c r="M28" t="s">
+        <v>84</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>212</v>
+      </c>
+      <c r="P28" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>214</v>
+      </c>
+      <c r="B29" t="s">
+        <v>79</v>
+      </c>
+      <c r="C29" t="s">
+        <v>80</v>
+      </c>
+      <c r="D29" t="s">
+        <v>81</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>55</v>
+      </c>
+      <c r="H29">
+        <v>2020</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>82</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>83</v>
+      </c>
+      <c r="M29" t="s">
+        <v>215</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>216</v>
+      </c>
+      <c r="P29" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>218</v>
+      </c>
+      <c r="B30" t="s">
+        <v>219</v>
+      </c>
+      <c r="C30" t="s">
+        <v>80</v>
+      </c>
+      <c r="D30" t="s">
+        <v>220</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>221</v>
+      </c>
+      <c r="G30" t="s">
+        <v>8</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
+        <v>222</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>223</v>
+      </c>
+      <c r="N30" t="s">
+        <v>115</v>
+      </c>
+      <c r="O30" t="s">
+        <v>224</v>
+      </c>
+      <c r="P30" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>226</v>
+      </c>
+      <c r="B31" t="s">
+        <v>227</v>
+      </c>
+      <c r="C31" t="s">
+        <v>228</v>
+      </c>
+      <c r="D31" t="s">
+        <v>81</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
         <v>22</v>
       </c>
-      <c r="L26" t="s">
-[...2 lines deleted...]
-      <c r="M26" t="s">
+      <c r="H31">
+        <v>1987</v>
+      </c>
+      <c r="I31">
+        <v>1988</v>
+      </c>
+      <c r="J31" t="s">
+        <v>66</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>229</v>
+      </c>
+      <c r="M31" t="s">
+        <v>230</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>231</v>
+      </c>
+      <c r="P31" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>233</v>
+      </c>
+      <c r="B32" t="s">
+        <v>234</v>
+      </c>
+      <c r="C32" t="s">
+        <v>170</v>
+      </c>
+      <c r="D32" t="s">
+        <v>235</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>54</v>
+      </c>
+      <c r="G32" t="s">
+        <v>55</v>
+      </c>
+      <c r="H32">
+        <v>2022</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>56</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>236</v>
+      </c>
+      <c r="N32" t="s">
+        <v>58</v>
+      </c>
+      <c r="O32" t="s">
+        <v>237</v>
+      </c>
+      <c r="P32" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>239</v>
+      </c>
+      <c r="B33" t="s">
+        <v>240</v>
+      </c>
+      <c r="C33" t="s">
+        <v>241</v>
+      </c>
+      <c r="D33" t="s">
+        <v>177</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>148</v>
+      </c>
+      <c r="K33" t="s">
+        <v>114</v>
+      </c>
+      <c r="L33" t="s">
+        <v>242</v>
+      </c>
+      <c r="M33" t="s">
+        <v>243</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>244</v>
+      </c>
+      <c r="P33" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>246</v>
+      </c>
+      <c r="B34" t="s">
+        <v>247</v>
+      </c>
+      <c r="C34" t="s">
+        <v>241</v>
+      </c>
+      <c r="D34" t="s">
+        <v>177</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2012</v>
+      </c>
+      <c r="I34">
+        <v>2013</v>
+      </c>
+      <c r="J34" t="s">
+        <v>148</v>
+      </c>
+      <c r="K34" t="s">
+        <v>114</v>
+      </c>
+      <c r="L34" t="s">
+        <v>248</v>
+      </c>
+      <c r="M34" t="s">
+        <v>243</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>249</v>
+      </c>
+      <c r="P34" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>251</v>
+      </c>
+      <c r="B35" t="s">
+        <v>252</v>
+      </c>
+      <c r="C35" t="s">
+        <v>176</v>
+      </c>
+      <c r="D35" t="s">
+        <v>253</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>254</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>191</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>255</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>256</v>
+      </c>
+      <c r="P35" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>258</v>
+      </c>
+      <c r="B36" t="s">
+        <v>259</v>
+      </c>
+      <c r="C36" t="s">
+        <v>228</v>
+      </c>
+      <c r="D36" t="s">
+        <v>260</v>
+      </c>
+      <c r="E36" t="s">
+        <v>42</v>
+      </c>
+      <c r="F36" t="s">
+        <v>43</v>
+      </c>
+      <c r="G36" t="s">
+        <v>55</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>66</v>
+      </c>
+      <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="N26" t="s">
-[...7 lines deleted...]
-      <c r="B27" t="s">
+      <c r="L36" t="s">
+        <v>261</v>
+      </c>
+      <c r="M36" t="s">
+        <v>262</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>263</v>
+      </c>
+      <c r="P36" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>265</v>
+      </c>
+      <c r="B37" t="s">
+        <v>266</v>
+      </c>
+      <c r="C37" t="s">
+        <v>267</v>
+      </c>
+      <c r="D37" t="s">
+        <v>120</v>
+      </c>
+      <c r="E37" t="s">
+        <v>42</v>
+      </c>
+      <c r="F37" t="s">
+        <v>103</v>
+      </c>
+      <c r="G37" t="s">
+        <v>55</v>
+      </c>
+      <c r="H37">
+        <v>2014</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>268</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>269</v>
+      </c>
+      <c r="M37" t="s">
+        <v>270</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>271</v>
+      </c>
+      <c r="P37" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>273</v>
+      </c>
+      <c r="B38" t="s">
+        <v>274</v>
+      </c>
+      <c r="C38" t="s">
+        <v>170</v>
+      </c>
+      <c r="D38" t="s">
+        <v>53</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>54</v>
+      </c>
+      <c r="G38" t="s">
+        <v>55</v>
+      </c>
+      <c r="H38">
+        <v>2022</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>56</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>275</v>
+      </c>
+      <c r="N38" t="s">
+        <v>58</v>
+      </c>
+      <c r="O38" t="s">
+        <v>276</v>
+      </c>
+      <c r="P38" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>278</v>
+      </c>
+      <c r="B39" t="s">
+        <v>279</v>
+      </c>
+      <c r="C39" t="s">
+        <v>280</v>
+      </c>
+      <c r="D39" t="s">
+        <v>281</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
         <v>65</v>
       </c>
-      <c r="C27" t="s">
-[...11 lines deleted...]
-      <c r="G27">
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39">
+        <v>2021</v>
+      </c>
+      <c r="J39" t="s">
+        <v>282</v>
+      </c>
+      <c r="K39" t="s">
+        <v>283</v>
+      </c>
+      <c r="L39" t="s">
+        <v>284</v>
+      </c>
+      <c r="M39" t="s">
+        <v>285</v>
+      </c>
+      <c r="N39" t="s">
+        <v>36</v>
+      </c>
+      <c r="O39" t="s">
+        <v>286</v>
+      </c>
+      <c r="P39" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>288</v>
+      </c>
+      <c r="B40" t="s">
+        <v>289</v>
+      </c>
+      <c r="C40" t="s">
+        <v>290</v>
+      </c>
+      <c r="D40" t="s">
+        <v>220</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>291</v>
+      </c>
+      <c r="G40" t="s">
+        <v>204</v>
+      </c>
+      <c r="H40">
         <v>2024</v>
       </c>
-      <c r="H27"/>
-      <c r="I27" t="s">
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>292</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>293</v>
+      </c>
+      <c r="M40" t="s">
+        <v>294</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>295</v>
+      </c>
+      <c r="P40" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>297</v>
+      </c>
+      <c r="B41" t="s">
+        <v>298</v>
+      </c>
+      <c r="C41" t="s">
+        <v>299</v>
+      </c>
+      <c r="D41" t="s">
+        <v>300</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>43</v>
+      </c>
+      <c r="G41" t="s">
+        <v>55</v>
+      </c>
+      <c r="H41">
+        <v>2014</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>268</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>301</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>302</v>
+      </c>
+      <c r="P41" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>304</v>
+      </c>
+      <c r="B42" t="s">
+        <v>305</v>
+      </c>
+      <c r="C42" t="s">
+        <v>52</v>
+      </c>
+      <c r="D42" t="s">
+        <v>306</v>
+      </c>
+      <c r="E42" t="s">
         <v>20</v>
       </c>
-      <c r="J27" t="s">
-[...8 lines deleted...]
-      <c r="M27" t="s">
+      <c r="F42" t="s">
+        <v>54</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1982</v>
+      </c>
+      <c r="I42">
+        <v>2024</v>
+      </c>
+      <c r="J42" t="s">
+        <v>56</v>
+      </c>
+      <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="N27" t="s">
-[...7 lines deleted...]
-      <c r="B28" t="s">
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>307</v>
+      </c>
+      <c r="N42" t="s">
+        <v>58</v>
+      </c>
+      <c r="O42" t="s">
+        <v>308</v>
+      </c>
+      <c r="P42" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>310</v>
+      </c>
+      <c r="B43" t="s">
+        <v>311</v>
+      </c>
+      <c r="C43" t="s">
+        <v>312</v>
+      </c>
+      <c r="D43" t="s">
+        <v>112</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>65</v>
       </c>
-      <c r="C28" t="s">
-[...14 lines deleted...]
-      <c r="H28">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2007</v>
+      </c>
+      <c r="I43">
+        <v>2018</v>
+      </c>
+      <c r="J43" t="s">
+        <v>185</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>313</v>
+      </c>
+      <c r="M43" t="s">
+        <v>314</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>315</v>
+      </c>
+      <c r="P43" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>317</v>
+      </c>
+      <c r="B44" t="s">
+        <v>318</v>
+      </c>
+      <c r="C44" t="s">
+        <v>319</v>
+      </c>
+      <c r="D44" t="s">
+        <v>320</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>55</v>
+      </c>
+      <c r="H44">
+        <v>2016</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>191</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>321</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>322</v>
+      </c>
+      <c r="P44" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>324</v>
+      </c>
+      <c r="B45" t="s">
+        <v>325</v>
+      </c>
+      <c r="C45" t="s">
+        <v>319</v>
+      </c>
+      <c r="D45" t="s">
+        <v>326</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" t="s">
+        <v>55</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>191</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>321</v>
+      </c>
+      <c r="N45" t="s">
+        <v>36</v>
+      </c>
+      <c r="O45" t="s">
+        <v>327</v>
+      </c>
+      <c r="P45" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>329</v>
+      </c>
+      <c r="B46" t="s">
+        <v>330</v>
+      </c>
+      <c r="C46" t="s">
+        <v>331</v>
+      </c>
+      <c r="D46" t="s">
+        <v>253</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>103</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2001</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>332</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>333</v>
+      </c>
+      <c r="M46" t="s">
+        <v>334</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>335</v>
+      </c>
+      <c r="P46" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>337</v>
+      </c>
+      <c r="B47" t="s">
+        <v>338</v>
+      </c>
+      <c r="C47" t="s">
+        <v>111</v>
+      </c>
+      <c r="D47" t="s">
+        <v>112</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>55</v>
+      </c>
+      <c r="H47">
+        <v>2021</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>113</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47"/>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>339</v>
+      </c>
+      <c r="P47" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>341</v>
+      </c>
+      <c r="B48" t="s">
+        <v>342</v>
+      </c>
+      <c r="C48" t="s">
+        <v>343</v>
+      </c>
+      <c r="D48" t="s">
+        <v>64</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>43</v>
+      </c>
+      <c r="G48" t="s">
+        <v>55</v>
+      </c>
+      <c r="H48">
+        <v>2009</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>191</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>344</v>
+      </c>
+      <c r="M48" t="s">
+        <v>345</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>346</v>
+      </c>
+      <c r="P48" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>348</v>
+      </c>
+      <c r="B49" t="s">
+        <v>349</v>
+      </c>
+      <c r="C49" t="s">
+        <v>350</v>
+      </c>
+      <c r="D49" t="s">
+        <v>351</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>65</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2014</v>
+      </c>
+      <c r="J49" t="s">
+        <v>352</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>353</v>
+      </c>
+      <c r="M49" t="s">
+        <v>354</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>355</v>
+      </c>
+      <c r="P49" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>357</v>
+      </c>
+      <c r="B50" t="s">
+        <v>358</v>
+      </c>
+      <c r="C50" t="s">
+        <v>359</v>
+      </c>
+      <c r="D50" t="s">
+        <v>360</v>
+      </c>
+      <c r="E50" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" t="s">
+        <v>43</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2015</v>
       </c>
-      <c r="I28" t="s">
-[...667 lines deleted...]
-      <c r="G44">
+      <c r="I50">
         <v>2016</v>
       </c>
-      <c r="H44"/>
-[...250 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>265</v>
+        <v>282</v>
       </c>
       <c r="K50" t="s">
-        <v>266</v>
+        <v>361</v>
       </c>
       <c r="L50" t="s">
-        <v>267</v>
+        <v>362</v>
       </c>
       <c r="M50" t="s">
-        <v>268</v>
+        <v>363</v>
       </c>
       <c r="N50" t="s">
-        <v>269</v>
+        <v>364</v>
+      </c>
+      <c r="O50" t="s">
+        <v>365</v>
+      </c>
+      <c r="P50" t="s">
+        <v>366</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>