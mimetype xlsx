--- v1 (2026-02-03)
+++ v2 (2026-03-27)
@@ -428,72 +428,72 @@
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
     <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
   </si>
   <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
   </si>
@@ -2278,127 +2278,127 @@
       </c>
       <c r="L15" t="s">
         <v>131</v>
       </c>
       <c r="M15" t="s">
         <v>132</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>133</v>
       </c>
       <c r="P15" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>135</v>
       </c>
       <c r="B16" t="s">
         <v>136</v>
       </c>
       <c r="C16" t="s">
-        <v>102</v>
+        <v>137</v>
       </c>
       <c r="D16" t="s">
         <v>120</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1992</v>
       </c>
       <c r="I16">
         <v>2013</v>
       </c>
       <c r="J16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K16" t="s">
         <v>45</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>123</v>
+        <v>139</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="P16" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>135</v>
       </c>
       <c r="B17" t="s">
         <v>136</v>
       </c>
       <c r="C17" t="s">
-        <v>140</v>
+        <v>102</v>
       </c>
       <c r="D17" t="s">
         <v>120</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1992</v>
       </c>
       <c r="I17">
         <v>2013</v>
       </c>
       <c r="J17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K17" t="s">
         <v>45</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>142</v>
+        <v>123</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>143</v>
       </c>
       <c r="P17" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>145</v>
       </c>
       <c r="B18" t="s">
         <v>146</v>
       </c>
       <c r="C18" t="s">
         <v>80</v>
       </c>
       <c r="D18" t="s">
         <v>147</v>
       </c>
       <c r="E18" t="s">