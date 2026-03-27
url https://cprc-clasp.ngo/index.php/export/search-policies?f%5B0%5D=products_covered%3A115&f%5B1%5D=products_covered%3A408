--- v0 (2026-02-04)
+++ v1 (2026-03-27)
@@ -493,69 +493,69 @@
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...11 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
     <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
   </si>
   <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
   </si>
   <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
@@ -2853,127 +2853,127 @@
         <v>152</v>
       </c>
       <c r="K18" t="s">
         <v>146</v>
       </c>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>153</v>
       </c>
       <c r="P18" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>155</v>
       </c>
       <c r="B19" t="s">
         <v>156</v>
       </c>
       <c r="C19" t="s">
-        <v>135</v>
+        <v>157</v>
       </c>
       <c r="D19" t="s">
         <v>144</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1992</v>
       </c>
       <c r="I19">
         <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>157</v>
+        <v>44</v>
       </c>
       <c r="K19" t="s">
         <v>63</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>155</v>
       </c>
       <c r="B20" t="s">
         <v>156</v>
       </c>
       <c r="C20" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="D20" t="s">
         <v>144</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>1992</v>
       </c>
       <c r="I20">
         <v>2013</v>
       </c>
       <c r="J20" t="s">
-        <v>44</v>
+        <v>161</v>
       </c>
       <c r="K20" t="s">
         <v>63</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>161</v>
+        <v>147</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>162</v>
       </c>
       <c r="P20" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>164</v>
       </c>
       <c r="B21" t="s">
         <v>165</v>
       </c>
       <c r="C21" t="s">
         <v>95</v>
       </c>
       <c r="D21" t="s">
         <v>166</v>
       </c>
       <c r="E21" t="s">