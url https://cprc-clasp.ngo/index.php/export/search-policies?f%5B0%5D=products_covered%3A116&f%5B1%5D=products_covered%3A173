--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,1777 +12,2537 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="550">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="795">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
+  </si>
+  <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
+    <t>This standards revised minimum energy performance standards and rating for
+ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
+electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
+independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
+and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
+  </si>
+  <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
+  </si>
+  <si>
     <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V rated frequency of 50Hz and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C60DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic and electronic ballasts for single capped metal halide lamps with rated 220V; frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB/T 2829; GB/T 15042; GB 17625.1; GB 17743; GB 19510.10; GB 19510.13; GB/T 26697; QB/T 2511; QB/T 2878</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling electrodeless ballasts which have rated power between 30W and 400W, use 220V and 50Hz AC power supply and are used for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>GB 29143</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...10 lines deleted...]
-                    IEC 60879:1986</t>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 4783.1:2001</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
   </si>
   <si>
+    <t>http://www.comlaw.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2046,5843 +2806,6600 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N136"/>
+  <dimension ref="A1:P135"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1998</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...49 lines deleted...]
-      <c r="N3" t="s">
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>95</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>34</v>
       </c>
-    </row>
-[...318 lines deleted...]
-        <v>2010</v>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
-      <c r="I11" t="s">
-        <v>67</v>
+      <c r="I11">
+        <v>2010</v>
       </c>
       <c r="J11" t="s">
-        <v>40</v>
+        <v>83</v>
       </c>
       <c r="K11" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="L11" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="M11" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="N11" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>97</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="B12" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>1998</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2019</v>
       </c>
-      <c r="I12" t="s">
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
         <v>82</v>
       </c>
-      <c r="J12" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
         <v>2014</v>
       </c>
-      <c r="H13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>40</v>
+        <v>111</v>
       </c>
       <c r="K13" t="s">
-        <v>88</v>
-[...4 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="L13" t="s">
+        <v>112</v>
+      </c>
+      <c r="M13"/>
       <c r="N13" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="C14" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H14">
         <v>2014</v>
       </c>
-      <c r="H14"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>40</v>
+        <v>116</v>
       </c>
       <c r="K14" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="L14" t="s">
-        <v>83</v>
+        <v>112</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="N14" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>92</v>
+        <v>119</v>
       </c>
       <c r="B15" t="s">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2000</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2019</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>47</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="N15" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>95</v>
+        <v>124</v>
       </c>
       <c r="B16" t="s">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c r="C16" t="s">
-        <v>97</v>
+        <v>126</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>2024</v>
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2024</v>
       </c>
-      <c r="I16" t="s">
-        <v>99</v>
+      <c r="I16">
+        <v>2024</v>
       </c>
       <c r="J16" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="K16" t="s">
+        <v>47</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="N16" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>97</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>101</v>
+        <v>131</v>
       </c>
       <c r="B17" t="s">
-        <v>86</v>
+        <v>132</v>
       </c>
       <c r="C17" t="s">
-        <v>66</v>
+        <v>110</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G17">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17">
         <v>2014</v>
       </c>
-      <c r="H17"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>40</v>
+        <v>111</v>
       </c>
       <c r="K17" t="s">
-        <v>88</v>
-[...4 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
+      <c r="M17"/>
       <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
         <v>102</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>45</v>
+      </c>
+      <c r="H18">
         <v>2014</v>
       </c>
-      <c r="H18"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>40</v>
+        <v>116</v>
       </c>
       <c r="K18" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="L18" t="s">
-        <v>83</v>
+        <v>112</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="N18" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="B19" t="s">
-        <v>86</v>
+        <v>139</v>
       </c>
       <c r="C19" t="s">
+        <v>110</v>
+      </c>
+      <c r="D19" t="s">
+        <v>140</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>45</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>111</v>
+      </c>
+      <c r="K19" t="s">
+        <v>47</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>102</v>
+      </c>
+      <c r="D20" t="s">
+        <v>140</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>116</v>
+      </c>
+      <c r="K20" t="s">
+        <v>47</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
         <v>105</v>
       </c>
-      <c r="D19" t="s">
-[...34 lines deleted...]
-      <c r="C20" t="s">
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" t="s">
+        <v>127</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>45</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>111</v>
+      </c>
+      <c r="K21" t="s">
+        <v>47</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>97</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>147</v>
+      </c>
+      <c r="B22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" t="s">
+        <v>102</v>
+      </c>
+      <c r="D22" t="s">
+        <v>127</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>45</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>116</v>
+      </c>
+      <c r="K22" t="s">
+        <v>47</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
         <v>105</v>
       </c>
-      <c r="D20" t="s">
-[...36 lines deleted...]
-      <c r="C21" t="s">
+      <c r="N22" t="s">
         <v>97</v>
       </c>
-      <c r="D21" t="s">
-[...34 lines deleted...]
-      <c r="C22" t="s">
+      <c r="O22" t="s">
+        <v>151</v>
+      </c>
+      <c r="P22" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>155</v>
+      </c>
+      <c r="D23" t="s">
+        <v>156</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>157</v>
+      </c>
+      <c r="G23" t="s">
+        <v>45</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>35</v>
+      </c>
+      <c r="K23" t="s">
+        <v>47</v>
+      </c>
+      <c r="L23" t="s">
+        <v>158</v>
+      </c>
+      <c r="M23" t="s">
+        <v>159</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>160</v>
+      </c>
+      <c r="P23" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>162</v>
+      </c>
+      <c r="B24" t="s">
+        <v>163</v>
+      </c>
+      <c r="C24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D24" t="s">
+        <v>95</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>164</v>
+      </c>
+      <c r="G24" t="s">
+        <v>45</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>165</v>
+      </c>
+      <c r="K24" t="s">
+        <v>47</v>
+      </c>
+      <c r="L24" t="s">
+        <v>96</v>
+      </c>
+      <c r="M24" t="s">
+        <v>166</v>
+      </c>
+      <c r="N24" t="s">
         <v>97</v>
       </c>
-      <c r="D22" t="s">
-[...113 lines deleted...]
-    <row r="25" spans="1:14">
+      <c r="O24" t="s">
+        <v>167</v>
+      </c>
+      <c r="P24" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>124</v>
+        <v>169</v>
       </c>
       <c r="B25" t="s">
-        <v>60</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
-        <v>46</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="E25" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>164</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2010</v>
       </c>
-      <c r="I25" t="s">
-        <v>121</v>
+      <c r="I25">
+        <v>2010</v>
       </c>
       <c r="J25" t="s">
-        <v>40</v>
+        <v>165</v>
       </c>
       <c r="K25" t="s">
-        <v>125</v>
+        <v>47</v>
       </c>
       <c r="L25" t="s">
-        <v>122</v>
+        <v>171</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="N25" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>172</v>
+      </c>
+      <c r="P25" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>127</v>
+        <v>174</v>
       </c>
       <c r="B26" t="s">
-        <v>60</v>
+        <v>175</v>
       </c>
       <c r="C26" t="s">
-        <v>46</v>
+        <v>74</v>
       </c>
       <c r="D26" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="E26" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>164</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2010</v>
       </c>
-      <c r="I26" t="s">
-        <v>121</v>
+      <c r="I26">
+        <v>2010</v>
       </c>
       <c r="J26" t="s">
-        <v>40</v>
+        <v>165</v>
       </c>
       <c r="K26" t="s">
-        <v>128</v>
+        <v>47</v>
       </c>
       <c r="L26" t="s">
-        <v>122</v>
+        <v>176</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="N26" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>177</v>
+      </c>
+      <c r="P26" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>130</v>
+        <v>179</v>
       </c>
       <c r="B27" t="s">
-        <v>60</v>
+        <v>180</v>
       </c>
       <c r="C27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D27" t="s">
+        <v>55</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>164</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2000</v>
+      </c>
+      <c r="I27">
+        <v>2014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>165</v>
+      </c>
+      <c r="K27" t="s">
+        <v>47</v>
+      </c>
+      <c r="L27" t="s">
+        <v>181</v>
+      </c>
+      <c r="M27" t="s">
+        <v>166</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>182</v>
+      </c>
+      <c r="P27" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>184</v>
+      </c>
+      <c r="B28" t="s">
+        <v>185</v>
+      </c>
+      <c r="C28" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" t="s">
+        <v>186</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>164</v>
+      </c>
+      <c r="G28" t="s">
+        <v>45</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>165</v>
+      </c>
+      <c r="K28" t="s">
+        <v>47</v>
+      </c>
+      <c r="L28" t="s">
+        <v>187</v>
+      </c>
+      <c r="M28" t="s">
+        <v>166</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>188</v>
+      </c>
+      <c r="P28" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>190</v>
+      </c>
+      <c r="B29" t="s">
+        <v>191</v>
+      </c>
+      <c r="C29" t="s">
+        <v>192</v>
+      </c>
+      <c r="D29" t="s">
+        <v>193</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>194</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29">
+        <v>2023</v>
+      </c>
+      <c r="J29" t="s">
+        <v>195</v>
+      </c>
+      <c r="K29" t="s">
+        <v>47</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>196</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>197</v>
+      </c>
+      <c r="P29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>199</v>
+      </c>
+      <c r="B30" t="s">
+        <v>200</v>
+      </c>
+      <c r="C30" t="s">
+        <v>201</v>
+      </c>
+      <c r="D30" t="s">
+        <v>202</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>45</v>
+      </c>
+      <c r="H30">
+        <v>2020</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>195</v>
+      </c>
+      <c r="K30" t="s">
+        <v>47</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>203</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>204</v>
+      </c>
+      <c r="P30" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>206</v>
+      </c>
+      <c r="B31" t="s">
+        <v>207</v>
+      </c>
+      <c r="C31" t="s">
+        <v>208</v>
+      </c>
+      <c r="D31" t="s">
+        <v>209</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>210</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>211</v>
+      </c>
+      <c r="K31" t="s">
+        <v>47</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>212</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>213</v>
+      </c>
+      <c r="P31" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>215</v>
+      </c>
+      <c r="B32" t="s">
+        <v>216</v>
+      </c>
+      <c r="C32" t="s">
+        <v>217</v>
+      </c>
+      <c r="D32" t="s">
+        <v>156</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
+        <v>157</v>
+      </c>
+      <c r="G32" t="s">
+        <v>210</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
         <v>46</v>
       </c>
-      <c r="D27" t="s">
-[...94 lines deleted...]
-      <c r="G29">
+      <c r="K32" t="s">
+        <v>47</v>
+      </c>
+      <c r="L32" t="s">
+        <v>218</v>
+      </c>
+      <c r="M32" t="s">
+        <v>219</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>220</v>
+      </c>
+      <c r="P32" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>222</v>
+      </c>
+      <c r="B33" t="s">
+        <v>223</v>
+      </c>
+      <c r="C33" t="s">
+        <v>224</v>
+      </c>
+      <c r="D33" t="s">
+        <v>225</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>157</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>46</v>
+      </c>
+      <c r="K33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L33" t="s">
+        <v>226</v>
+      </c>
+      <c r="M33" t="s">
+        <v>227</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>228</v>
+      </c>
+      <c r="P33" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>230</v>
+      </c>
+      <c r="B34" t="s">
+        <v>231</v>
+      </c>
+      <c r="C34" t="s">
+        <v>232</v>
+      </c>
+      <c r="D34" t="s">
+        <v>233</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>164</v>
+      </c>
+      <c r="G34" t="s">
+        <v>45</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>234</v>
+      </c>
+      <c r="K34" t="s">
+        <v>47</v>
+      </c>
+      <c r="L34" t="s">
+        <v>235</v>
+      </c>
+      <c r="M34" t="s">
+        <v>236</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>237</v>
+      </c>
+      <c r="P34" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>239</v>
+      </c>
+      <c r="B35" t="s">
+        <v>240</v>
+      </c>
+      <c r="C35" t="s">
+        <v>232</v>
+      </c>
+      <c r="D35" t="s">
+        <v>127</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>164</v>
+      </c>
+      <c r="G35" t="s">
+        <v>45</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>234</v>
+      </c>
+      <c r="K35" t="s">
+        <v>47</v>
+      </c>
+      <c r="L35" t="s">
+        <v>235</v>
+      </c>
+      <c r="M35" t="s">
+        <v>236</v>
+      </c>
+      <c r="N35" t="s">
+        <v>97</v>
+      </c>
+      <c r="O35" t="s">
+        <v>241</v>
+      </c>
+      <c r="P35" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>243</v>
+      </c>
+      <c r="B36" t="s">
+        <v>244</v>
+      </c>
+      <c r="C36" t="s">
+        <v>232</v>
+      </c>
+      <c r="D36" t="s">
+        <v>63</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>164</v>
+      </c>
+      <c r="G36" t="s">
+        <v>45</v>
+      </c>
+      <c r="H36">
         <v>2011</v>
       </c>
-      <c r="H29">
-[...164 lines deleted...]
-      <c r="K33" t="s">
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>234</v>
+      </c>
+      <c r="K36" t="s">
+        <v>47</v>
+      </c>
+      <c r="L36" t="s">
+        <v>245</v>
+      </c>
+      <c r="M36" t="s">
+        <v>236</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>246</v>
+      </c>
+      <c r="P36" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>248</v>
+      </c>
+      <c r="B37" t="s">
+        <v>249</v>
+      </c>
+      <c r="C37" t="s">
+        <v>232</v>
+      </c>
+      <c r="D37" t="s">
+        <v>63</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
         <v>164</v>
       </c>
-      <c r="L33" t="s">
-[...154 lines deleted...]
-      <c r="G37">
+      <c r="G37" t="s">
+        <v>45</v>
+      </c>
+      <c r="H37">
         <v>2012</v>
       </c>
-      <c r="H37"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>40</v>
+        <v>234</v>
       </c>
       <c r="K37" t="s">
-        <v>180</v>
+        <v>47</v>
       </c>
       <c r="L37" t="s">
-        <v>181</v>
+        <v>250</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>251</v>
       </c>
       <c r="N37" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>252</v>
+      </c>
+      <c r="P37" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>183</v>
+        <v>254</v>
       </c>
       <c r="B38" t="s">
-        <v>168</v>
+        <v>255</v>
       </c>
       <c r="C38" t="s">
-        <v>184</v>
+        <v>232</v>
       </c>
       <c r="D38" t="s">
-        <v>28</v>
+        <v>256</v>
       </c>
       <c r="E38" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>164</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
-      <c r="I38" t="s">
-        <v>170</v>
+      <c r="I38">
+        <v>2012</v>
       </c>
       <c r="J38" t="s">
-        <v>40</v>
+        <v>234</v>
       </c>
       <c r="K38" t="s">
-        <v>180</v>
+        <v>47</v>
       </c>
       <c r="L38" t="s">
-        <v>172</v>
+        <v>250</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>236</v>
       </c>
       <c r="N38" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>257</v>
+      </c>
+      <c r="P38" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>186</v>
+        <v>259</v>
       </c>
       <c r="B39" t="s">
-        <v>168</v>
+        <v>260</v>
       </c>
       <c r="C39" t="s">
+        <v>232</v>
+      </c>
+      <c r="D39" t="s">
+        <v>55</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>164</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1993</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
+        <v>234</v>
+      </c>
+      <c r="K39" t="s">
+        <v>47</v>
+      </c>
+      <c r="L39" t="s">
+        <v>261</v>
+      </c>
+      <c r="M39" t="s">
+        <v>251</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>262</v>
+      </c>
+      <c r="P39" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>264</v>
+      </c>
+      <c r="B40" t="s">
+        <v>265</v>
+      </c>
+      <c r="C40" t="s">
+        <v>266</v>
+      </c>
+      <c r="D40" t="s">
+        <v>267</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>34</v>
+      </c>
+      <c r="G40" t="s">
+        <v>45</v>
+      </c>
+      <c r="H40">
+        <v>2009</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>268</v>
+      </c>
+      <c r="K40" t="s">
+        <v>47</v>
+      </c>
+      <c r="L40" t="s">
+        <v>269</v>
+      </c>
+      <c r="M40" t="s">
+        <v>270</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>271</v>
+      </c>
+      <c r="P40" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>273</v>
+      </c>
+      <c r="B41" t="s">
+        <v>274</v>
+      </c>
+      <c r="C41" t="s">
+        <v>275</v>
+      </c>
+      <c r="D41" t="s">
+        <v>276</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>157</v>
+      </c>
+      <c r="G41" t="s">
+        <v>45</v>
+      </c>
+      <c r="H41">
+        <v>2017</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>277</v>
+      </c>
+      <c r="K41" t="s">
+        <v>47</v>
+      </c>
+      <c r="L41" t="s">
+        <v>278</v>
+      </c>
+      <c r="M41" t="s">
+        <v>279</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>280</v>
+      </c>
+      <c r="P41" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>282</v>
+      </c>
+      <c r="B42" t="s">
+        <v>283</v>
+      </c>
+      <c r="C42" t="s">
+        <v>284</v>
+      </c>
+      <c r="D42" t="s">
+        <v>285</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>157</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2009</v>
+      </c>
+      <c r="I42">
+        <v>2024</v>
+      </c>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>47</v>
+      </c>
+      <c r="L42" t="s">
+        <v>286</v>
+      </c>
+      <c r="M42" t="s">
+        <v>287</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>288</v>
+      </c>
+      <c r="P42" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>290</v>
+      </c>
+      <c r="B43" t="s">
+        <v>291</v>
+      </c>
+      <c r="C43" t="s">
+        <v>292</v>
+      </c>
+      <c r="D43" t="s">
+        <v>293</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>157</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2016</v>
+      </c>
+      <c r="I43">
+        <v>2019</v>
+      </c>
+      <c r="J43" t="s">
         <v>46</v>
       </c>
-      <c r="D39" t="s">
-[...52 lines deleted...]
-      <c r="G40">
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>294</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>295</v>
+      </c>
+      <c r="P43" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>297</v>
+      </c>
+      <c r="B44" t="s">
+        <v>298</v>
+      </c>
+      <c r="C44" t="s">
+        <v>299</v>
+      </c>
+      <c r="D44" t="s">
+        <v>63</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>164</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2001</v>
+      </c>
+      <c r="I44">
+        <v>2018</v>
+      </c>
+      <c r="J44" t="s">
+        <v>165</v>
+      </c>
+      <c r="K44" t="s">
+        <v>47</v>
+      </c>
+      <c r="L44" t="s">
+        <v>300</v>
+      </c>
+      <c r="M44" t="s">
+        <v>301</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>302</v>
+      </c>
+      <c r="P44" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>304</v>
+      </c>
+      <c r="B45" t="s">
+        <v>305</v>
+      </c>
+      <c r="C45" t="s">
+        <v>299</v>
+      </c>
+      <c r="D45" t="s">
+        <v>44</v>
+      </c>
+      <c r="E45" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" t="s">
+        <v>164</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2012</v>
+      </c>
+      <c r="I45">
+        <v>2015</v>
+      </c>
+      <c r="J45" t="s">
+        <v>165</v>
+      </c>
+      <c r="K45" t="s">
+        <v>47</v>
+      </c>
+      <c r="L45" t="s">
+        <v>306</v>
+      </c>
+      <c r="M45" t="s">
+        <v>301</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>307</v>
+      </c>
+      <c r="P45" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>309</v>
+      </c>
+      <c r="B46" t="s">
+        <v>310</v>
+      </c>
+      <c r="C46" t="s">
+        <v>292</v>
+      </c>
+      <c r="D46" t="s">
+        <v>233</v>
+      </c>
+      <c r="E46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" t="s">
+        <v>164</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2009</v>
       </c>
-      <c r="H40"/>
-[...80 lines deleted...]
-      <c r="G42">
+      <c r="I46">
+        <v>2020</v>
+      </c>
+      <c r="J46" t="s">
+        <v>165</v>
+      </c>
+      <c r="K46" t="s">
+        <v>47</v>
+      </c>
+      <c r="L46" t="s">
+        <v>311</v>
+      </c>
+      <c r="M46" t="s">
+        <v>312</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>313</v>
+      </c>
+      <c r="P46" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>315</v>
+      </c>
+      <c r="B47" t="s">
+        <v>316</v>
+      </c>
+      <c r="C47" t="s">
+        <v>232</v>
+      </c>
+      <c r="D47" t="s">
+        <v>63</v>
+      </c>
+      <c r="E47" t="s">
+        <v>33</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>1981</v>
+      </c>
+      <c r="I47">
+        <v>1982</v>
+      </c>
+      <c r="J47" t="s">
+        <v>234</v>
+      </c>
+      <c r="K47" t="s">
+        <v>47</v>
+      </c>
+      <c r="L47" t="s">
+        <v>317</v>
+      </c>
+      <c r="M47" t="s">
+        <v>236</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>318</v>
+      </c>
+      <c r="P47" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>320</v>
+      </c>
+      <c r="B48" t="s">
+        <v>321</v>
+      </c>
+      <c r="C48" t="s">
+        <v>232</v>
+      </c>
+      <c r="D48" t="s">
+        <v>55</v>
+      </c>
+      <c r="E48" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>45</v>
+      </c>
+      <c r="H48">
         <v>2009</v>
       </c>
-      <c r="H42">
-[...2 lines deleted...]
-      <c r="I42" t="s">
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>234</v>
+      </c>
+      <c r="K48" t="s">
+        <v>47</v>
+      </c>
+      <c r="L48" t="s">
+        <v>322</v>
+      </c>
+      <c r="M48" t="s">
+        <v>251</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>323</v>
+      </c>
+      <c r="P48" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>324</v>
+      </c>
+      <c r="B49" t="s">
+        <v>325</v>
+      </c>
+      <c r="C49" t="s">
+        <v>74</v>
+      </c>
+      <c r="D49" t="s">
+        <v>209</v>
+      </c>
+      <c r="E49" t="s">
         <v>20</v>
       </c>
-      <c r="J42" t="s">
-[...16 lines deleted...]
-      <c r="A43" t="s">
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>326</v>
+      </c>
+      <c r="H49">
+        <v>1989</v>
+      </c>
+      <c r="I49">
+        <v>2009</v>
+      </c>
+      <c r="J49" t="s">
+        <v>327</v>
+      </c>
+      <c r="K49" t="s">
+        <v>47</v>
+      </c>
+      <c r="L49" t="s">
+        <v>90</v>
+      </c>
+      <c r="M49" t="s">
+        <v>85</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>328</v>
+      </c>
+      <c r="P49" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>330</v>
+      </c>
+      <c r="B50" t="s">
+        <v>331</v>
+      </c>
+      <c r="C50" t="s">
+        <v>74</v>
+      </c>
+      <c r="D50" t="s">
         <v>209</v>
       </c>
-      <c r="B43" t="s">
-[...100 lines deleted...]
-      <c r="G45">
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1989</v>
+      </c>
+      <c r="I50">
+        <v>2021</v>
+      </c>
+      <c r="J50" t="s">
+        <v>327</v>
+      </c>
+      <c r="K50" t="s">
+        <v>47</v>
+      </c>
+      <c r="L50" t="s">
+        <v>332</v>
+      </c>
+      <c r="M50" t="s">
+        <v>333</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>334</v>
+      </c>
+      <c r="P50" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>336</v>
+      </c>
+      <c r="B51" t="s">
+        <v>337</v>
+      </c>
+      <c r="C51" t="s">
+        <v>74</v>
+      </c>
+      <c r="D51" t="s">
+        <v>55</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>326</v>
+      </c>
+      <c r="H51">
+        <v>2000</v>
+      </c>
+      <c r="I51">
         <v>2012</v>
       </c>
-      <c r="H45">
-[...266 lines deleted...]
-      </c>
       <c r="J51" t="s">
-        <v>40</v>
+        <v>327</v>
       </c>
       <c r="K51" t="s">
-        <v>240</v>
+        <v>47</v>
       </c>
       <c r="L51" t="s">
-        <v>69</v>
+        <v>338</v>
       </c>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="N51" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>339</v>
+      </c>
+      <c r="P51" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>242</v>
+        <v>341</v>
       </c>
       <c r="B52" t="s">
-        <v>60</v>
+        <v>342</v>
       </c>
       <c r="C52" t="s">
-        <v>243</v>
+        <v>74</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>343</v>
       </c>
       <c r="E52" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>1999</v>
       </c>
-      <c r="H52">
+      <c r="I52">
         <v>2022</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>327</v>
+      </c>
+      <c r="K52" t="s">
+        <v>47</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>333</v>
       </c>
       <c r="N52" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>344</v>
+      </c>
+      <c r="P52" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>246</v>
+        <v>346</v>
       </c>
       <c r="B53" t="s">
-        <v>60</v>
+        <v>347</v>
       </c>
       <c r="C53" t="s">
-        <v>46</v>
+        <v>74</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E53" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>326</v>
       </c>
       <c r="H53">
         <v>2005</v>
       </c>
-      <c r="I53" t="s">
-        <v>121</v>
+      <c r="I53">
+        <v>2004</v>
       </c>
       <c r="J53" t="s">
-        <v>40</v>
+        <v>327</v>
       </c>
       <c r="K53" t="s">
-        <v>125</v>
+        <v>47</v>
       </c>
       <c r="L53" t="s">
-        <v>69</v>
+        <v>171</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="N53" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>348</v>
+      </c>
+      <c r="P53" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>248</v>
+        <v>350</v>
       </c>
       <c r="B54" t="s">
-        <v>60</v>
+        <v>163</v>
       </c>
       <c r="C54" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="E54" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>2010</v>
       </c>
-      <c r="H54">
+      <c r="I54">
         <v>2021</v>
       </c>
-      <c r="I54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" t="s">
-        <v>40</v>
+        <v>83</v>
       </c>
       <c r="K54" t="s">
-        <v>249</v>
+        <v>47</v>
       </c>
       <c r="L54" t="s">
-        <v>69</v>
+        <v>351</v>
       </c>
       <c r="M54" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="N54" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>97</v>
+      </c>
+      <c r="O54" t="s">
+        <v>352</v>
+      </c>
+      <c r="P54" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>354</v>
+      </c>
+      <c r="B55" t="s">
+        <v>355</v>
+      </c>
+      <c r="C55" t="s">
+        <v>74</v>
+      </c>
+      <c r="D55" t="s">
+        <v>55</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>326</v>
+      </c>
+      <c r="H55">
+        <v>2005</v>
+      </c>
+      <c r="I55">
+        <v>2015</v>
+      </c>
+      <c r="J55" t="s">
+        <v>327</v>
+      </c>
+      <c r="K55" t="s">
+        <v>47</v>
+      </c>
+      <c r="L55" t="s">
+        <v>356</v>
+      </c>
+      <c r="M55" t="s">
+        <v>85</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>357</v>
+      </c>
+      <c r="P55" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>359</v>
+      </c>
+      <c r="B56" t="s">
+        <v>360</v>
+      </c>
+      <c r="C56" t="s">
+        <v>74</v>
+      </c>
+      <c r="D56" t="s">
+        <v>95</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>45</v>
+      </c>
+      <c r="H56">
+        <v>2012</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>83</v>
+      </c>
+      <c r="K56" t="s">
+        <v>47</v>
+      </c>
+      <c r="L56" t="s">
+        <v>361</v>
+      </c>
+      <c r="M56" t="s">
+        <v>362</v>
+      </c>
+      <c r="N56" t="s">
+        <v>97</v>
+      </c>
+      <c r="O56" t="s">
+        <v>363</v>
+      </c>
+      <c r="P56" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>365</v>
+      </c>
+      <c r="B57" t="s">
+        <v>366</v>
+      </c>
+      <c r="C57" t="s">
+        <v>74</v>
+      </c>
+      <c r="D57" t="s">
+        <v>55</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>326</v>
+      </c>
+      <c r="H57">
+        <v>2000</v>
+      </c>
+      <c r="I57">
+        <v>2012</v>
+      </c>
+      <c r="J57" t="s">
+        <v>165</v>
+      </c>
+      <c r="K57" t="s">
+        <v>47</v>
+      </c>
+      <c r="L57" t="s">
+        <v>367</v>
+      </c>
+      <c r="M57" t="s">
+        <v>85</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>368</v>
+      </c>
+      <c r="P57" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>370</v>
+      </c>
+      <c r="B58" t="s">
+        <v>371</v>
+      </c>
+      <c r="C58" t="s">
+        <v>74</v>
+      </c>
+      <c r="D58" t="s">
+        <v>82</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>45</v>
+      </c>
+      <c r="H58">
+        <v>2016</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>165</v>
+      </c>
+      <c r="K58" t="s">
+        <v>47</v>
+      </c>
+      <c r="L58" t="s">
+        <v>372</v>
+      </c>
+      <c r="M58" t="s">
+        <v>362</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>373</v>
+      </c>
+      <c r="P58" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>375</v>
+      </c>
+      <c r="B59" t="s">
+        <v>376</v>
+      </c>
+      <c r="C59" t="s">
+        <v>377</v>
+      </c>
+      <c r="D59" t="s">
+        <v>256</v>
+      </c>
+      <c r="E59" t="s">
+        <v>33</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>45</v>
+      </c>
+      <c r="H59">
+        <v>1986</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>234</v>
+      </c>
+      <c r="K59" t="s">
+        <v>47</v>
+      </c>
+      <c r="L59" t="s">
+        <v>378</v>
+      </c>
+      <c r="M59" t="s">
+        <v>379</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>380</v>
+      </c>
+      <c r="P59" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>382</v>
+      </c>
+      <c r="B60" t="s">
+        <v>383</v>
+      </c>
+      <c r="C60" t="s">
+        <v>384</v>
+      </c>
+      <c r="D60" t="s">
+        <v>209</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>157</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2013</v>
+      </c>
+      <c r="I60">
+        <v>2025</v>
+      </c>
+      <c r="J60" t="s">
+        <v>385</v>
+      </c>
+      <c r="K60" t="s">
+        <v>47</v>
+      </c>
+      <c r="L60" t="s">
+        <v>386</v>
+      </c>
+      <c r="M60" t="s">
+        <v>387</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>388</v>
+      </c>
+      <c r="P60" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>390</v>
+      </c>
+      <c r="B61" t="s">
+        <v>391</v>
+      </c>
+      <c r="C61" t="s">
+        <v>392</v>
+      </c>
+      <c r="D61" t="s">
+        <v>55</v>
+      </c>
+      <c r="E61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F61" t="s">
+        <v>164</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2003</v>
+      </c>
+      <c r="I61">
+        <v>2012</v>
+      </c>
+      <c r="J61" t="s">
+        <v>56</v>
+      </c>
+      <c r="K61" t="s">
+        <v>47</v>
+      </c>
+      <c r="L61" t="s">
+        <v>393</v>
+      </c>
+      <c r="M61" t="s">
+        <v>394</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>395</v>
+      </c>
+      <c r="P61" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>397</v>
+      </c>
+      <c r="B62" t="s">
+        <v>398</v>
+      </c>
+      <c r="C62" t="s">
+        <v>399</v>
+      </c>
+      <c r="D62" t="s">
+        <v>55</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>157</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2002</v>
+      </c>
+      <c r="I62">
+        <v>2012</v>
+      </c>
+      <c r="J62" t="s">
+        <v>211</v>
+      </c>
+      <c r="K62" t="s">
+        <v>47</v>
+      </c>
+      <c r="L62" t="s">
+        <v>400</v>
+      </c>
+      <c r="M62" t="s">
+        <v>401</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>402</v>
+      </c>
+      <c r="P62" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>404</v>
+      </c>
+      <c r="B63" t="s">
+        <v>405</v>
+      </c>
+      <c r="C63" t="s">
+        <v>232</v>
+      </c>
+      <c r="D63" t="s">
+        <v>63</v>
+      </c>
+      <c r="E63" t="s">
+        <v>33</v>
+      </c>
+      <c r="F63" t="s">
+        <v>164</v>
+      </c>
+      <c r="G63" t="s">
+        <v>45</v>
+      </c>
+      <c r="H63">
+        <v>2011</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>234</v>
+      </c>
+      <c r="K63" t="s">
+        <v>47</v>
+      </c>
+      <c r="L63" t="s">
+        <v>406</v>
+      </c>
+      <c r="M63" t="s">
         <v>251</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>407</v>
+      </c>
+      <c r="P63" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>409</v>
+      </c>
+      <c r="B64" t="s">
+        <v>410</v>
+      </c>
+      <c r="C64" t="s">
+        <v>384</v>
+      </c>
+      <c r="D64" t="s">
+        <v>209</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>157</v>
+      </c>
+      <c r="G64" t="s">
+        <v>411</v>
+      </c>
+      <c r="H64">
+        <v>2013</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>412</v>
+      </c>
+      <c r="K64" t="s">
+        <v>47</v>
+      </c>
+      <c r="L64" t="s">
+        <v>413</v>
+      </c>
+      <c r="M64" t="s">
+        <v>387</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>414</v>
+      </c>
+      <c r="P64" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>416</v>
+      </c>
+      <c r="B65" t="s">
+        <v>417</v>
+      </c>
+      <c r="C65" t="s">
+        <v>266</v>
+      </c>
+      <c r="D65" t="s">
+        <v>82</v>
+      </c>
+      <c r="E65" t="s">
+        <v>33</v>
+      </c>
+      <c r="F65" t="s">
+        <v>164</v>
+      </c>
+      <c r="G65" t="s">
+        <v>45</v>
+      </c>
+      <c r="H65">
+        <v>2012</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>268</v>
+      </c>
+      <c r="K65" t="s">
+        <v>47</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>270</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>418</v>
+      </c>
+      <c r="P65" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>416</v>
+      </c>
+      <c r="B66" t="s">
+        <v>420</v>
+      </c>
+      <c r="C66" t="s">
+        <v>266</v>
+      </c>
+      <c r="D66" t="s">
+        <v>95</v>
+      </c>
+      <c r="E66" t="s">
+        <v>33</v>
+      </c>
+      <c r="F66" t="s">
+        <v>164</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2012</v>
+      </c>
+      <c r="I66">
+        <v>2012</v>
+      </c>
+      <c r="J66" t="s">
+        <v>268</v>
+      </c>
+      <c r="K66" t="s">
+        <v>47</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>270</v>
+      </c>
+      <c r="N66" t="s">
+        <v>97</v>
+      </c>
+      <c r="O66" t="s">
+        <v>421</v>
+      </c>
+      <c r="P66" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>422</v>
+      </c>
+      <c r="B67" t="s">
+        <v>423</v>
+      </c>
+      <c r="C67" t="s">
+        <v>266</v>
+      </c>
+      <c r="D67" t="s">
+        <v>55</v>
+      </c>
+      <c r="E67" t="s">
+        <v>33</v>
+      </c>
+      <c r="F67" t="s">
+        <v>164</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>1996</v>
+      </c>
+      <c r="I67">
+        <v>2012</v>
+      </c>
+      <c r="J67" t="s">
+        <v>424</v>
+      </c>
+      <c r="K67" t="s">
+        <v>47</v>
+      </c>
+      <c r="L67" t="s">
+        <v>425</v>
+      </c>
+      <c r="M67" t="s">
+        <v>270</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>426</v>
+      </c>
+      <c r="P67" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>428</v>
+      </c>
+      <c r="B68" t="s">
+        <v>429</v>
+      </c>
+      <c r="C68" t="s">
+        <v>266</v>
+      </c>
+      <c r="D68" t="s">
+        <v>186</v>
+      </c>
+      <c r="E68" t="s">
+        <v>33</v>
+      </c>
+      <c r="F68" t="s">
+        <v>164</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>1996</v>
+      </c>
+      <c r="I68">
+        <v>2010</v>
+      </c>
+      <c r="J68" t="s">
+        <v>424</v>
+      </c>
+      <c r="K68" t="s">
+        <v>47</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>270</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>430</v>
+      </c>
+      <c r="P68" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>431</v>
+      </c>
+      <c r="B69" t="s">
+        <v>432</v>
+      </c>
+      <c r="C69" t="s">
+        <v>201</v>
+      </c>
+      <c r="D69" t="s">
+        <v>433</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>157</v>
+      </c>
+      <c r="G69" t="s">
+        <v>45</v>
+      </c>
+      <c r="H69">
+        <v>2023</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>195</v>
+      </c>
+      <c r="K69" t="s">
+        <v>47</v>
+      </c>
+      <c r="L69" t="s">
+        <v>434</v>
+      </c>
+      <c r="M69" t="s">
+        <v>203</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>435</v>
+      </c>
+      <c r="P69" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>437</v>
+      </c>
+      <c r="B70" t="s">
+        <v>438</v>
+      </c>
+      <c r="C70" t="s">
+        <v>439</v>
+      </c>
+      <c r="D70" t="s">
+        <v>267</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>34</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2008</v>
+      </c>
+      <c r="I70">
+        <v>2021</v>
+      </c>
+      <c r="J70" t="s">
+        <v>440</v>
+      </c>
+      <c r="K70" t="s">
+        <v>47</v>
+      </c>
+      <c r="L70" t="s">
+        <v>441</v>
+      </c>
+      <c r="M70" t="s">
+        <v>442</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>443</v>
+      </c>
+      <c r="P70" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>445</v>
+      </c>
+      <c r="B71" t="s">
+        <v>446</v>
+      </c>
+      <c r="C71" t="s">
+        <v>447</v>
+      </c>
+      <c r="D71" t="s">
+        <v>127</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>157</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2008</v>
+      </c>
+      <c r="I71">
+        <v>2010</v>
+      </c>
+      <c r="J71" t="s">
+        <v>424</v>
+      </c>
+      <c r="K71" t="s">
+        <v>47</v>
+      </c>
+      <c r="L71" t="s">
+        <v>448</v>
+      </c>
+      <c r="M71" t="s">
+        <v>449</v>
+      </c>
+      <c r="N71" t="s">
+        <v>97</v>
+      </c>
+      <c r="O71" t="s">
+        <v>450</v>
+      </c>
+      <c r="P71" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>452</v>
+      </c>
+      <c r="B72" t="s">
+        <v>453</v>
+      </c>
+      <c r="C72" t="s">
+        <v>447</v>
+      </c>
+      <c r="D72" t="s">
+        <v>55</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>157</v>
+      </c>
+      <c r="G72" t="s">
+        <v>45</v>
+      </c>
+      <c r="H72">
+        <v>2009</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>424</v>
+      </c>
+      <c r="K72" t="s">
+        <v>47</v>
+      </c>
+      <c r="L72" t="s">
+        <v>454</v>
+      </c>
+      <c r="M72" t="s">
+        <v>449</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>455</v>
+      </c>
+      <c r="P72" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>456</v>
+      </c>
+      <c r="B73" t="s">
+        <v>457</v>
+      </c>
+      <c r="C73" t="s">
+        <v>458</v>
+      </c>
+      <c r="D73" t="s">
+        <v>459</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2013</v>
+      </c>
+      <c r="I73">
+        <v>2014</v>
+      </c>
+      <c r="J73" t="s">
+        <v>165</v>
+      </c>
+      <c r="K73" t="s">
+        <v>47</v>
+      </c>
+      <c r="L73" t="s">
+        <v>460</v>
+      </c>
+      <c r="M73" t="s">
+        <v>461</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>462</v>
+      </c>
+      <c r="P73" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>464</v>
+      </c>
+      <c r="B74" t="s">
+        <v>465</v>
+      </c>
+      <c r="C74" t="s">
+        <v>458</v>
+      </c>
+      <c r="D74" t="s">
+        <v>140</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2013</v>
+      </c>
+      <c r="I74">
+        <v>2014</v>
+      </c>
+      <c r="J74" t="s">
+        <v>165</v>
+      </c>
+      <c r="K74" t="s">
+        <v>47</v>
+      </c>
+      <c r="L74" t="s">
+        <v>466</v>
+      </c>
+      <c r="M74" t="s">
+        <v>461</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>467</v>
+      </c>
+      <c r="P74"/>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>468</v>
+      </c>
+      <c r="B75" t="s">
+        <v>469</v>
+      </c>
+      <c r="C75" t="s">
+        <v>458</v>
+      </c>
+      <c r="D75" t="s">
+        <v>44</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75">
+        <v>2014</v>
+      </c>
+      <c r="J75" t="s">
+        <v>165</v>
+      </c>
+      <c r="K75" t="s">
+        <v>47</v>
+      </c>
+      <c r="L75" t="s">
+        <v>470</v>
+      </c>
+      <c r="M75" t="s">
+        <v>461</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>471</v>
+      </c>
+      <c r="P75" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>473</v>
+      </c>
+      <c r="B76" t="s">
+        <v>474</v>
+      </c>
+      <c r="C76" t="s">
+        <v>475</v>
+      </c>
+      <c r="D76" t="s">
+        <v>55</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2016</v>
+      </c>
+      <c r="I76">
+        <v>2018</v>
+      </c>
+      <c r="J76" t="s">
+        <v>476</v>
+      </c>
+      <c r="K76" t="s">
+        <v>47</v>
+      </c>
+      <c r="L76" t="s">
+        <v>477</v>
+      </c>
+      <c r="M76" t="s">
+        <v>478</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>479</v>
+      </c>
+      <c r="P76" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>481</v>
+      </c>
+      <c r="B77" t="s">
+        <v>482</v>
+      </c>
+      <c r="C77" t="s">
+        <v>483</v>
+      </c>
+      <c r="D77" t="s">
+        <v>127</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>45</v>
+      </c>
+      <c r="H77">
+        <v>2022</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>484</v>
+      </c>
+      <c r="K77" t="s">
+        <v>47</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>485</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>486</v>
+      </c>
+      <c r="P77" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>488</v>
+      </c>
+      <c r="B78" t="s">
+        <v>489</v>
+      </c>
+      <c r="C78" t="s">
+        <v>483</v>
+      </c>
+      <c r="D78" t="s">
+        <v>490</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>45</v>
+      </c>
+      <c r="H78">
+        <v>2022</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>491</v>
+      </c>
+      <c r="K78" t="s">
+        <v>47</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>485</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>492</v>
+      </c>
+      <c r="P78" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>493</v>
+      </c>
+      <c r="B79" t="s">
+        <v>494</v>
+      </c>
+      <c r="C79" t="s">
+        <v>483</v>
+      </c>
+      <c r="D79" t="s">
+        <v>433</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>45</v>
+      </c>
+      <c r="H79">
+        <v>2022</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>484</v>
+      </c>
+      <c r="K79" t="s">
+        <v>47</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>485</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>495</v>
+      </c>
+      <c r="P79" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>496</v>
+      </c>
+      <c r="B80" t="s">
+        <v>497</v>
+      </c>
+      <c r="C80" t="s">
+        <v>266</v>
+      </c>
+      <c r="D80" t="s">
+        <v>55</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1994</v>
+      </c>
+      <c r="I80">
+        <v>2003</v>
+      </c>
+      <c r="J80" t="s">
+        <v>424</v>
+      </c>
+      <c r="K80" t="s">
+        <v>47</v>
+      </c>
+      <c r="L80" t="s">
+        <v>425</v>
+      </c>
+      <c r="M80" t="s">
+        <v>270</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>498</v>
+      </c>
+      <c r="P80" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>499</v>
+      </c>
+      <c r="B81" t="s">
+        <v>500</v>
+      </c>
+      <c r="C81" t="s">
+        <v>501</v>
+      </c>
+      <c r="D81" t="s">
+        <v>55</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>45</v>
+      </c>
+      <c r="H81">
+        <v>2002</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>234</v>
+      </c>
+      <c r="K81" t="s">
+        <v>47</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>502</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>503</v>
+      </c>
+      <c r="P81" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>505</v>
+      </c>
+      <c r="B82" t="s">
+        <v>265</v>
+      </c>
+      <c r="C82" t="s">
+        <v>266</v>
+      </c>
+      <c r="D82" t="s">
+        <v>267</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>45</v>
+      </c>
+      <c r="H82">
+        <v>2009</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>268</v>
+      </c>
+      <c r="K82" t="s">
+        <v>47</v>
+      </c>
+      <c r="L82" t="s">
+        <v>269</v>
+      </c>
+      <c r="M82" t="s">
+        <v>270</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>506</v>
+      </c>
+      <c r="P82" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>507</v>
+      </c>
+      <c r="B83" t="s">
+        <v>508</v>
+      </c>
+      <c r="C83" t="s">
+        <v>266</v>
+      </c>
+      <c r="D83" t="s">
+        <v>55</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>1994</v>
+      </c>
+      <c r="I83">
+        <v>2004</v>
+      </c>
+      <c r="J83" t="s">
+        <v>424</v>
+      </c>
+      <c r="K83" t="s">
+        <v>47</v>
+      </c>
+      <c r="L83" t="s">
+        <v>509</v>
+      </c>
+      <c r="M83" t="s">
+        <v>270</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>510</v>
+      </c>
+      <c r="P83" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>511</v>
+      </c>
+      <c r="B84" t="s">
+        <v>512</v>
+      </c>
+      <c r="C84" t="s">
+        <v>513</v>
+      </c>
+      <c r="D84" t="s">
+        <v>267</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>157</v>
+      </c>
+      <c r="G84" t="s">
+        <v>45</v>
+      </c>
+      <c r="H84">
+        <v>2021</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
         <v>46</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55">
+      <c r="K84" t="s">
+        <v>47</v>
+      </c>
+      <c r="L84" t="s">
+        <v>514</v>
+      </c>
+      <c r="M84" t="s">
+        <v>515</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>516</v>
+      </c>
+      <c r="P84" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>518</v>
+      </c>
+      <c r="B85"/>
+      <c r="C85" t="s">
+        <v>232</v>
+      </c>
+      <c r="D85" t="s">
+        <v>55</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>45</v>
+      </c>
+      <c r="H85">
+        <v>2009</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>46</v>
+      </c>
+      <c r="K85" t="s">
+        <v>47</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>251</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>519</v>
+      </c>
+      <c r="P85" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>521</v>
+      </c>
+      <c r="B86"/>
+      <c r="C86" t="s">
+        <v>232</v>
+      </c>
+      <c r="D86" t="s">
+        <v>522</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>45</v>
+      </c>
+      <c r="H86">
+        <v>2010</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>46</v>
+      </c>
+      <c r="K86" t="s">
+        <v>47</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>251</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>523</v>
+      </c>
+      <c r="P86" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>524</v>
+      </c>
+      <c r="B87" t="s">
+        <v>525</v>
+      </c>
+      <c r="C87" t="s">
+        <v>513</v>
+      </c>
+      <c r="D87" t="s">
+        <v>526</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>157</v>
+      </c>
+      <c r="G87" t="s">
+        <v>45</v>
+      </c>
+      <c r="H87">
+        <v>2021</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>46</v>
+      </c>
+      <c r="K87" t="s">
+        <v>47</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>527</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>528</v>
+      </c>
+      <c r="P87" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>530</v>
+      </c>
+      <c r="B88" t="s">
+        <v>531</v>
+      </c>
+      <c r="C88" t="s">
+        <v>392</v>
+      </c>
+      <c r="D88" t="s">
+        <v>532</v>
+      </c>
+      <c r="E88" t="s">
+        <v>33</v>
+      </c>
+      <c r="F88" t="s">
+        <v>533</v>
+      </c>
+      <c r="G88" t="s">
+        <v>45</v>
+      </c>
+      <c r="H88">
+        <v>2009</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>534</v>
+      </c>
+      <c r="K88" t="s">
+        <v>47</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>535</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>536</v>
+      </c>
+      <c r="P88" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>538</v>
+      </c>
+      <c r="B89" t="s">
+        <v>539</v>
+      </c>
+      <c r="C89" t="s">
+        <v>392</v>
+      </c>
+      <c r="D89" t="s">
+        <v>540</v>
+      </c>
+      <c r="E89" t="s">
+        <v>33</v>
+      </c>
+      <c r="F89" t="s">
+        <v>533</v>
+      </c>
+      <c r="G89" t="s">
+        <v>45</v>
+      </c>
+      <c r="H89">
+        <v>2015</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>534</v>
+      </c>
+      <c r="K89" t="s">
+        <v>47</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>541</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>542</v>
+      </c>
+      <c r="P89" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>544</v>
+      </c>
+      <c r="B90" t="s">
+        <v>545</v>
+      </c>
+      <c r="C90" t="s">
+        <v>392</v>
+      </c>
+      <c r="D90" t="s">
+        <v>540</v>
+      </c>
+      <c r="E90" t="s">
+        <v>33</v>
+      </c>
+      <c r="F90" t="s">
+        <v>533</v>
+      </c>
+      <c r="G90" t="s">
+        <v>45</v>
+      </c>
+      <c r="H90">
+        <v>2015</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>534</v>
+      </c>
+      <c r="K90" t="s">
+        <v>47</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>535</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>546</v>
+      </c>
+      <c r="P90" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>548</v>
+      </c>
+      <c r="B91" t="s">
+        <v>549</v>
+      </c>
+      <c r="C91" t="s">
+        <v>392</v>
+      </c>
+      <c r="D91" t="s">
+        <v>540</v>
+      </c>
+      <c r="E91" t="s">
+        <v>33</v>
+      </c>
+      <c r="F91" t="s">
+        <v>533</v>
+      </c>
+      <c r="G91" t="s">
+        <v>45</v>
+      </c>
+      <c r="H91">
+        <v>2015</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>534</v>
+      </c>
+      <c r="K91" t="s">
+        <v>47</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>535</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>550</v>
+      </c>
+      <c r="P91" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>552</v>
+      </c>
+      <c r="B92" t="s">
+        <v>553</v>
+      </c>
+      <c r="C92" t="s">
+        <v>392</v>
+      </c>
+      <c r="D92" t="s">
+        <v>209</v>
+      </c>
+      <c r="E92" t="s">
+        <v>33</v>
+      </c>
+      <c r="F92" t="s">
+        <v>533</v>
+      </c>
+      <c r="G92" t="s">
+        <v>45</v>
+      </c>
+      <c r="H92">
+        <v>2015</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>534</v>
+      </c>
+      <c r="K92" t="s">
+        <v>47</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>535</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>554</v>
+      </c>
+      <c r="P92" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>556</v>
+      </c>
+      <c r="B93" t="s">
+        <v>557</v>
+      </c>
+      <c r="C93" t="s">
+        <v>439</v>
+      </c>
+      <c r="D93" t="s">
+        <v>63</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2008</v>
+      </c>
+      <c r="I93">
         <v>2017</v>
       </c>
-      <c r="I55" t="s">
-[...82 lines deleted...]
-      <c r="H57">
+      <c r="J93" t="s">
+        <v>440</v>
+      </c>
+      <c r="K93" t="s">
+        <v>47</v>
+      </c>
+      <c r="L93" t="s">
+        <v>558</v>
+      </c>
+      <c r="M93" t="s">
+        <v>559</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>560</v>
+      </c>
+      <c r="P93" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>562</v>
+      </c>
+      <c r="B94" t="s">
+        <v>563</v>
+      </c>
+      <c r="C94" t="s">
+        <v>564</v>
+      </c>
+      <c r="D94" t="s">
+        <v>565</v>
+      </c>
+      <c r="E94" t="s">
+        <v>566</v>
+      </c>
+      <c r="F94" t="s">
+        <v>567</v>
+      </c>
+      <c r="G94" t="s">
+        <v>45</v>
+      </c>
+      <c r="H94">
+        <v>2023</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>195</v>
+      </c>
+      <c r="K94" t="s">
+        <v>568</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>569</v>
+      </c>
+      <c r="N94" t="s">
+        <v>97</v>
+      </c>
+      <c r="O94" t="s">
+        <v>570</v>
+      </c>
+      <c r="P94" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>572</v>
+      </c>
+      <c r="B95" t="s">
+        <v>573</v>
+      </c>
+      <c r="C95" t="s">
+        <v>564</v>
+      </c>
+      <c r="D95" t="s">
+        <v>63</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>157</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2014</v>
+      </c>
+      <c r="I95">
+        <v>2024</v>
+      </c>
+      <c r="J95" t="s">
+        <v>574</v>
+      </c>
+      <c r="K95" t="s">
+        <v>47</v>
+      </c>
+      <c r="L95" t="s">
+        <v>575</v>
+      </c>
+      <c r="M95" t="s">
+        <v>569</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>576</v>
+      </c>
+      <c r="P95" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>578</v>
+      </c>
+      <c r="B96" t="s">
+        <v>579</v>
+      </c>
+      <c r="C96" t="s">
+        <v>201</v>
+      </c>
+      <c r="D96" t="s">
+        <v>55</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>34</v>
+      </c>
+      <c r="G96" t="s">
+        <v>45</v>
+      </c>
+      <c r="H96">
+        <v>2002</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>277</v>
+      </c>
+      <c r="K96" t="s">
+        <v>47</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>203</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>580</v>
+      </c>
+      <c r="P96" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>582</v>
+      </c>
+      <c r="B97" t="s">
+        <v>583</v>
+      </c>
+      <c r="C97" t="s">
+        <v>201</v>
+      </c>
+      <c r="D97" t="s">
+        <v>55</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>34</v>
+      </c>
+      <c r="G97" t="s">
+        <v>45</v>
+      </c>
+      <c r="H97">
+        <v>2007</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>277</v>
+      </c>
+      <c r="K97" t="s">
+        <v>47</v>
+      </c>
+      <c r="L97" t="s">
+        <v>584</v>
+      </c>
+      <c r="M97" t="s">
+        <v>203</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>585</v>
+      </c>
+      <c r="P97" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>587</v>
+      </c>
+      <c r="B98" t="s">
+        <v>588</v>
+      </c>
+      <c r="C98" t="s">
+        <v>589</v>
+      </c>
+      <c r="D98" t="s">
+        <v>590</v>
+      </c>
+      <c r="E98" t="s">
+        <v>566</v>
+      </c>
+      <c r="F98" t="s">
+        <v>157</v>
+      </c>
+      <c r="G98" t="s">
+        <v>210</v>
+      </c>
+      <c r="H98"/>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>591</v>
+      </c>
+      <c r="K98" t="s">
+        <v>47</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98"/>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>592</v>
+      </c>
+      <c r="P98" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>594</v>
+      </c>
+      <c r="B99" t="s">
+        <v>595</v>
+      </c>
+      <c r="C99" t="s">
+        <v>439</v>
+      </c>
+      <c r="D99" t="s">
+        <v>55</v>
+      </c>
+      <c r="E99" t="s">
+        <v>33</v>
+      </c>
+      <c r="F99" t="s">
+        <v>164</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>1993</v>
+      </c>
+      <c r="I99">
+        <v>2010</v>
+      </c>
+      <c r="J99" t="s">
+        <v>440</v>
+      </c>
+      <c r="K99" t="s">
+        <v>47</v>
+      </c>
+      <c r="L99" t="s">
+        <v>596</v>
+      </c>
+      <c r="M99" t="s">
+        <v>597</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>598</v>
+      </c>
+      <c r="P99" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>600</v>
+      </c>
+      <c r="B100" t="s">
+        <v>601</v>
+      </c>
+      <c r="C100" t="s">
+        <v>439</v>
+      </c>
+      <c r="D100" t="s">
+        <v>55</v>
+      </c>
+      <c r="E100" t="s">
+        <v>33</v>
+      </c>
+      <c r="F100" t="s">
+        <v>164</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>1993</v>
+      </c>
+      <c r="I100">
         <v>2013</v>
       </c>
-      <c r="I57" t="s">
-[...297 lines deleted...]
-      <c r="G64">
+      <c r="J100" t="s">
+        <v>440</v>
+      </c>
+      <c r="K100" t="s">
+        <v>47</v>
+      </c>
+      <c r="L100" t="s">
+        <v>602</v>
+      </c>
+      <c r="M100" t="s">
+        <v>597</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>603</v>
+      </c>
+      <c r="P100" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>605</v>
+      </c>
+      <c r="B101" t="s">
+        <v>606</v>
+      </c>
+      <c r="C101" t="s">
+        <v>439</v>
+      </c>
+      <c r="D101" t="s">
+        <v>209</v>
+      </c>
+      <c r="E101" t="s">
+        <v>33</v>
+      </c>
+      <c r="F101" t="s">
+        <v>164</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>1997</v>
+      </c>
+      <c r="I101">
         <v>2011</v>
       </c>
-      <c r="H64"/>
-[...1546 lines deleted...]
-      </c>
       <c r="J101" t="s">
-        <v>40</v>
+        <v>440</v>
       </c>
       <c r="K101" t="s">
-        <v>424</v>
+        <v>47</v>
       </c>
       <c r="L101" t="s">
-        <v>421</v>
+        <v>607</v>
       </c>
       <c r="M101" t="s">
-        <v>24</v>
+        <v>597</v>
       </c>
       <c r="N101" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>608</v>
+      </c>
+      <c r="P101" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>426</v>
+        <v>609</v>
       </c>
       <c r="B102" t="s">
-        <v>311</v>
+        <v>610</v>
       </c>
       <c r="C102" t="s">
-        <v>151</v>
+        <v>611</v>
       </c>
       <c r="D102" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="E102" t="s">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1997</v>
+        <v>34</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
       </c>
       <c r="H102">
         <v>2011</v>
       </c>
-      <c r="I102" t="s">
-        <v>312</v>
+      <c r="I102">
+        <v>2014</v>
       </c>
       <c r="J102" t="s">
-        <v>40</v>
+        <v>277</v>
       </c>
       <c r="K102" t="s">
-        <v>427</v>
+        <v>47</v>
       </c>
       <c r="L102" t="s">
-        <v>421</v>
+        <v>612</v>
       </c>
       <c r="M102" t="s">
+        <v>613</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>614</v>
+      </c>
+      <c r="P102" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>616</v>
+      </c>
+      <c r="B103" t="s">
+        <v>617</v>
+      </c>
+      <c r="C103" t="s">
+        <v>618</v>
+      </c>
+      <c r="D103" t="s">
+        <v>619</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>157</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2017</v>
+      </c>
+      <c r="I103">
+        <v>2021</v>
+      </c>
+      <c r="J103" t="s">
+        <v>412</v>
+      </c>
+      <c r="K103" t="s">
+        <v>620</v>
+      </c>
+      <c r="L103" t="s">
+        <v>621</v>
+      </c>
+      <c r="M103" t="s">
+        <v>622</v>
+      </c>
+      <c r="N103" t="s">
+        <v>97</v>
+      </c>
+      <c r="O103" t="s">
+        <v>623</v>
+      </c>
+      <c r="P103" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>625</v>
+      </c>
+      <c r="B104" t="s">
+        <v>626</v>
+      </c>
+      <c r="C104" t="s">
+        <v>627</v>
+      </c>
+      <c r="D104" t="s">
+        <v>156</v>
+      </c>
+      <c r="E104" t="s">
+        <v>33</v>
+      </c>
+      <c r="F104" t="s">
+        <v>157</v>
+      </c>
+      <c r="G104" t="s">
+        <v>210</v>
+      </c>
+      <c r="H104"/>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>424</v>
+      </c>
+      <c r="K104" t="s">
+        <v>47</v>
+      </c>
+      <c r="L104" t="s">
+        <v>158</v>
+      </c>
+      <c r="M104" t="s">
+        <v>628</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>629</v>
+      </c>
+      <c r="P104" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>631</v>
+      </c>
+      <c r="B105" t="s">
+        <v>632</v>
+      </c>
+      <c r="C105" t="s">
+        <v>633</v>
+      </c>
+      <c r="D105" t="s">
+        <v>634</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2009</v>
+      </c>
+      <c r="I105">
+        <v>2016</v>
+      </c>
+      <c r="J105" t="s">
+        <v>56</v>
+      </c>
+      <c r="K105" t="s">
+        <v>47</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>635</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>636</v>
+      </c>
+      <c r="P105" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>638</v>
+      </c>
+      <c r="B106" t="s">
+        <v>639</v>
+      </c>
+      <c r="C106" t="s">
+        <v>640</v>
+      </c>
+      <c r="D106" t="s">
+        <v>641</v>
+      </c>
+      <c r="E106" t="s">
+        <v>33</v>
+      </c>
+      <c r="F106" t="s">
+        <v>34</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2015</v>
+      </c>
+      <c r="I106">
+        <v>2018</v>
+      </c>
+      <c r="J106" t="s">
+        <v>476</v>
+      </c>
+      <c r="K106" t="s">
         <v>24</v>
       </c>
-      <c r="N102" t="s">
-[...10 lines deleted...]
-      <c r="C103" t="s">
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>642</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>643</v>
+      </c>
+      <c r="P106" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>645</v>
+      </c>
+      <c r="B107" t="s">
+        <v>646</v>
+      </c>
+      <c r="C107" t="s">
+        <v>633</v>
+      </c>
+      <c r="D107" t="s">
+        <v>647</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2009</v>
+      </c>
+      <c r="I107">
+        <v>2013</v>
+      </c>
+      <c r="J107" t="s">
+        <v>56</v>
+      </c>
+      <c r="K107" t="s">
+        <v>47</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>635</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>648</v>
+      </c>
+      <c r="P107" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>650</v>
+      </c>
+      <c r="B108" t="s">
+        <v>651</v>
+      </c>
+      <c r="C108" t="s">
+        <v>652</v>
+      </c>
+      <c r="D108" t="s">
+        <v>653</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>34</v>
+      </c>
+      <c r="G108" t="s">
+        <v>45</v>
+      </c>
+      <c r="H108">
+        <v>2018</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>35</v>
+      </c>
+      <c r="K108" t="s">
+        <v>47</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>654</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>655</v>
+      </c>
+      <c r="P108" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>657</v>
+      </c>
+      <c r="B109" t="s">
+        <v>658</v>
+      </c>
+      <c r="C109" t="s">
+        <v>284</v>
+      </c>
+      <c r="D109" t="s">
+        <v>55</v>
+      </c>
+      <c r="E109" t="s">
+        <v>33</v>
+      </c>
+      <c r="F109" t="s">
+        <v>157</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2013</v>
+      </c>
+      <c r="I109">
+        <v>2016</v>
+      </c>
+      <c r="J109" t="s">
         <v>46</v>
       </c>
-      <c r="D103" t="s">
-[...73 lines deleted...]
-      <c r="N104" t="s">
+      <c r="K109" t="s">
+        <v>47</v>
+      </c>
+      <c r="L109" t="s">
+        <v>659</v>
+      </c>
+      <c r="M109" t="s">
+        <v>287</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>660</v>
+      </c>
+      <c r="P109" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>662</v>
+      </c>
+      <c r="B110" t="s">
+        <v>663</v>
+      </c>
+      <c r="C110" t="s">
+        <v>208</v>
+      </c>
+      <c r="D110" t="s">
+        <v>55</v>
+      </c>
+      <c r="E110" t="s">
+        <v>33</v>
+      </c>
+      <c r="F110" t="s">
+        <v>164</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>1996</v>
+      </c>
+      <c r="I110">
+        <v>2012</v>
+      </c>
+      <c r="J110" t="s">
         <v>440</v>
       </c>
-    </row>
-[...236 lines deleted...]
-      </c>
       <c r="K110" t="s">
-        <v>464</v>
+        <v>47</v>
       </c>
       <c r="L110" t="s">
-        <v>207</v>
+        <v>664</v>
       </c>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>665</v>
       </c>
       <c r="N110" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>666</v>
+      </c>
+      <c r="P110" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>466</v>
+        <v>668</v>
       </c>
       <c r="B111" t="s">
-        <v>150</v>
+        <v>669</v>
       </c>
       <c r="C111" t="s">
-        <v>46</v>
+        <v>208</v>
       </c>
       <c r="D111" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="E111" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="F111" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G111">
+        <v>164</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
         <v>1996</v>
       </c>
-      <c r="H111">
+      <c r="I111">
         <v>2012</v>
       </c>
-      <c r="I111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J111" t="s">
-        <v>40</v>
+        <v>440</v>
       </c>
       <c r="K111" t="s">
-        <v>467</v>
+        <v>47</v>
       </c>
       <c r="L111" t="s">
-        <v>468</v>
+        <v>670</v>
       </c>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>665</v>
       </c>
       <c r="N111" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>671</v>
+      </c>
+      <c r="P111" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>470</v>
+        <v>673</v>
       </c>
       <c r="B112" t="s">
-        <v>150</v>
+        <v>674</v>
       </c>
       <c r="C112" t="s">
-        <v>46</v>
+        <v>208</v>
       </c>
       <c r="D112" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="E112" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="F112" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>164</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
       </c>
       <c r="H112">
+        <v>2004</v>
+      </c>
+      <c r="I112">
         <v>2012</v>
       </c>
-      <c r="I112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J112" t="s">
-        <v>40</v>
+        <v>440</v>
       </c>
       <c r="K112" t="s">
-        <v>471</v>
+        <v>47</v>
       </c>
       <c r="L112" t="s">
-        <v>468</v>
+        <v>664</v>
       </c>
       <c r="M112" t="s">
-        <v>24</v>
+        <v>665</v>
       </c>
       <c r="N112" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>675</v>
+      </c>
+      <c r="P112" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>473</v>
+        <v>677</v>
       </c>
       <c r="B113" t="s">
-        <v>150</v>
+        <v>678</v>
       </c>
       <c r="C113" t="s">
-        <v>46</v>
+        <v>208</v>
       </c>
       <c r="D113" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="E113" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="F113" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>164</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
       </c>
       <c r="H113">
+        <v>2005</v>
+      </c>
+      <c r="I113">
         <v>2012</v>
       </c>
-      <c r="I113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J113" t="s">
-        <v>40</v>
+        <v>440</v>
       </c>
       <c r="K113" t="s">
-        <v>467</v>
+        <v>47</v>
       </c>
       <c r="L113" t="s">
-        <v>468</v>
+        <v>679</v>
       </c>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>665</v>
       </c>
       <c r="N113" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>680</v>
+      </c>
+      <c r="P113" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>475</v>
+        <v>682</v>
       </c>
       <c r="B114" t="s">
-        <v>150</v>
+        <v>683</v>
       </c>
       <c r="C114" t="s">
-        <v>46</v>
+        <v>208</v>
       </c>
       <c r="D114" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="E114" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="F114" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>164</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
       </c>
       <c r="H114">
+        <v>2007</v>
+      </c>
+      <c r="I114">
         <v>2012</v>
       </c>
-      <c r="I114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J114" t="s">
-        <v>40</v>
+        <v>440</v>
       </c>
       <c r="K114" t="s">
-        <v>476</v>
+        <v>47</v>
       </c>
       <c r="L114" t="s">
-        <v>468</v>
+        <v>684</v>
       </c>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>665</v>
       </c>
       <c r="N114" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>685</v>
+      </c>
+      <c r="P114" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>478</v>
+        <v>687</v>
       </c>
       <c r="B115" t="s">
-        <v>150</v>
+        <v>687</v>
       </c>
       <c r="C115" t="s">
-        <v>46</v>
+        <v>688</v>
       </c>
       <c r="D115" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="E115" t="s">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>157</v>
+      </c>
+      <c r="G115" t="s">
+        <v>45</v>
       </c>
       <c r="H115">
         <v>2012</v>
       </c>
-      <c r="I115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I115"/>
       <c r="J115" t="s">
-        <v>40</v>
+        <v>412</v>
       </c>
       <c r="K115" t="s">
-        <v>479</v>
+        <v>47</v>
       </c>
       <c r="L115" t="s">
-        <v>468</v>
+        <v>689</v>
       </c>
       <c r="M115" t="s">
+        <v>690</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>691</v>
+      </c>
+      <c r="P115" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>693</v>
+      </c>
+      <c r="B116" t="s">
+        <v>694</v>
+      </c>
+      <c r="C116" t="s">
+        <v>688</v>
+      </c>
+      <c r="D116" t="s">
+        <v>63</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>157</v>
+      </c>
+      <c r="G116" t="s">
+        <v>45</v>
+      </c>
+      <c r="H116">
+        <v>2011</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>412</v>
+      </c>
+      <c r="K116" t="s">
+        <v>47</v>
+      </c>
+      <c r="L116" t="s">
+        <v>695</v>
+      </c>
+      <c r="M116" t="s">
+        <v>690</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>696</v>
+      </c>
+      <c r="P116" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>698</v>
+      </c>
+      <c r="B117" t="s">
+        <v>699</v>
+      </c>
+      <c r="C117" t="s">
+        <v>700</v>
+      </c>
+      <c r="D117" t="s">
+        <v>701</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>45</v>
+      </c>
+      <c r="H117">
+        <v>2016</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>46</v>
+      </c>
+      <c r="K117" t="s">
+        <v>47</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>702</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>703</v>
+      </c>
+      <c r="P117" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>705</v>
+      </c>
+      <c r="B118" t="s">
+        <v>706</v>
+      </c>
+      <c r="C118" t="s">
+        <v>700</v>
+      </c>
+      <c r="D118" t="s">
+        <v>707</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>34</v>
+      </c>
+      <c r="G118" t="s">
+        <v>45</v>
+      </c>
+      <c r="H118">
+        <v>2017</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>46</v>
+      </c>
+      <c r="K118" t="s">
         <v>24</v>
       </c>
-      <c r="N115" t="s">
-[...38 lines deleted...]
-      <c r="M116" t="s">
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>702</v>
+      </c>
+      <c r="N118" t="s">
+        <v>97</v>
+      </c>
+      <c r="O118" t="s">
+        <v>708</v>
+      </c>
+      <c r="P118" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>710</v>
+      </c>
+      <c r="B119" t="s">
+        <v>711</v>
+      </c>
+      <c r="C119" t="s">
+        <v>192</v>
+      </c>
+      <c r="D119" t="s">
+        <v>209</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>157</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2007</v>
+      </c>
+      <c r="I119">
+        <v>2020</v>
+      </c>
+      <c r="J119" t="s">
+        <v>195</v>
+      </c>
+      <c r="K119" t="s">
+        <v>47</v>
+      </c>
+      <c r="L119" t="s">
+        <v>712</v>
+      </c>
+      <c r="M119" t="s">
+        <v>196</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>713</v>
+      </c>
+      <c r="P119" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>715</v>
+      </c>
+      <c r="B120" t="s">
+        <v>716</v>
+      </c>
+      <c r="C120" t="s">
+        <v>192</v>
+      </c>
+      <c r="D120" t="s">
+        <v>55</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2008</v>
+      </c>
+      <c r="I120">
+        <v>2015</v>
+      </c>
+      <c r="J120" t="s">
+        <v>195</v>
+      </c>
+      <c r="K120" t="s">
+        <v>47</v>
+      </c>
+      <c r="L120" t="s">
+        <v>717</v>
+      </c>
+      <c r="M120" t="s">
+        <v>196</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>718</v>
+      </c>
+      <c r="P120" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>720</v>
+      </c>
+      <c r="B121" t="s">
+        <v>721</v>
+      </c>
+      <c r="C121" t="s">
+        <v>192</v>
+      </c>
+      <c r="D121" t="s">
+        <v>55</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2009</v>
+      </c>
+      <c r="I121">
+        <v>2013</v>
+      </c>
+      <c r="J121" t="s">
+        <v>195</v>
+      </c>
+      <c r="K121" t="s">
+        <v>47</v>
+      </c>
+      <c r="L121" t="s">
+        <v>717</v>
+      </c>
+      <c r="M121" t="s">
+        <v>196</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>722</v>
+      </c>
+      <c r="P121" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>724</v>
+      </c>
+      <c r="B122" t="s">
+        <v>646</v>
+      </c>
+      <c r="C122" t="s">
+        <v>633</v>
+      </c>
+      <c r="D122" t="s">
+        <v>725</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>34</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2009</v>
+      </c>
+      <c r="I122">
+        <v>2016</v>
+      </c>
+      <c r="J122" t="s">
+        <v>56</v>
+      </c>
+      <c r="K122" t="s">
         <v>24</v>
       </c>
-      <c r="N116" t="s">
-[...22 lines deleted...]
-      <c r="G117">
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>635</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>726</v>
+      </c>
+      <c r="P122" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>728</v>
+      </c>
+      <c r="B123" t="s">
+        <v>729</v>
+      </c>
+      <c r="C123" t="s">
+        <v>392</v>
+      </c>
+      <c r="D123" t="s">
+        <v>730</v>
+      </c>
+      <c r="E123" t="s">
+        <v>33</v>
+      </c>
+      <c r="F123" t="s">
+        <v>164</v>
+      </c>
+      <c r="G123" t="s">
+        <v>45</v>
+      </c>
+      <c r="H123">
         <v>2011</v>
       </c>
-      <c r="H117"/>
-[...38 lines deleted...]
-      <c r="G118">
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>731</v>
+      </c>
+      <c r="K123" t="s">
+        <v>47</v>
+      </c>
+      <c r="L123" t="s">
+        <v>732</v>
+      </c>
+      <c r="M123" t="s">
+        <v>394</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>733</v>
+      </c>
+      <c r="P123" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>735</v>
+      </c>
+      <c r="B124" t="s">
+        <v>736</v>
+      </c>
+      <c r="C124" t="s">
+        <v>110</v>
+      </c>
+      <c r="D124" t="s">
+        <v>103</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>34</v>
+      </c>
+      <c r="G124" t="s">
+        <v>45</v>
+      </c>
+      <c r="H124">
+        <v>2021</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>111</v>
+      </c>
+      <c r="K124" t="s">
+        <v>47</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124"/>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>737</v>
+      </c>
+      <c r="P124" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>735</v>
+      </c>
+      <c r="B125" t="s">
+        <v>739</v>
+      </c>
+      <c r="C125" t="s">
+        <v>110</v>
+      </c>
+      <c r="D125" t="s">
+        <v>103</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>45</v>
+      </c>
+      <c r="H125">
+        <v>2021</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>111</v>
+      </c>
+      <c r="K125" t="s">
+        <v>47</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125"/>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>740</v>
+      </c>
+      <c r="P125" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>742</v>
+      </c>
+      <c r="B126" t="s">
+        <v>743</v>
+      </c>
+      <c r="C126" t="s">
+        <v>475</v>
+      </c>
+      <c r="D126" t="s">
+        <v>744</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>157</v>
+      </c>
+      <c r="G126" t="s">
+        <v>45</v>
+      </c>
+      <c r="H126">
         <v>2016</v>
       </c>
-      <c r="H118"/>
-[...336 lines deleted...]
-      </c>
+      <c r="I126"/>
       <c r="J126" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K126"/>
+        <v>745</v>
+      </c>
+      <c r="K126" t="s">
+        <v>47</v>
+      </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>24</v>
+        <v>746</v>
       </c>
       <c r="N126" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:14">
+        <v>97</v>
+      </c>
+      <c r="O126" t="s">
+        <v>747</v>
+      </c>
+      <c r="P126" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>516</v>
+        <v>749</v>
       </c>
       <c r="B127" t="s">
-        <v>337</v>
+        <v>750</v>
       </c>
       <c r="C127" t="s">
-        <v>517</v>
+        <v>392</v>
       </c>
       <c r="D127" t="s">
-        <v>17</v>
+        <v>730</v>
       </c>
       <c r="E127" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F127" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G127">
+        <v>34</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2001</v>
+      </c>
+      <c r="I127">
+        <v>2019</v>
+      </c>
+      <c r="J127" t="s">
+        <v>211</v>
+      </c>
+      <c r="K127" t="s">
+        <v>47</v>
+      </c>
+      <c r="L127" t="s">
+        <v>751</v>
+      </c>
+      <c r="M127" t="s">
+        <v>752</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>753</v>
+      </c>
+      <c r="P127" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>755</v>
+      </c>
+      <c r="B128" t="s">
+        <v>756</v>
+      </c>
+      <c r="C128" t="s">
+        <v>757</v>
+      </c>
+      <c r="D128" t="s">
+        <v>55</v>
+      </c>
+      <c r="E128" t="s">
+        <v>33</v>
+      </c>
+      <c r="F128" t="s">
+        <v>164</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2004</v>
+      </c>
+      <c r="I128">
+        <v>2020</v>
+      </c>
+      <c r="J128" t="s">
+        <v>35</v>
+      </c>
+      <c r="K128" t="s">
+        <v>47</v>
+      </c>
+      <c r="L128" t="s">
+        <v>758</v>
+      </c>
+      <c r="M128" t="s">
+        <v>759</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>760</v>
+      </c>
+      <c r="P128" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>762</v>
+      </c>
+      <c r="B129" t="s">
+        <v>763</v>
+      </c>
+      <c r="C129" t="s">
+        <v>392</v>
+      </c>
+      <c r="D129" t="s">
+        <v>55</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>1978</v>
+      </c>
+      <c r="I129">
+        <v>2017</v>
+      </c>
+      <c r="J129" t="s">
+        <v>211</v>
+      </c>
+      <c r="K129" t="s">
+        <v>47</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>764</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>765</v>
+      </c>
+      <c r="P129" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>767</v>
+      </c>
+      <c r="B130" t="s">
+        <v>768</v>
+      </c>
+      <c r="C130" t="s">
+        <v>392</v>
+      </c>
+      <c r="D130" t="s">
+        <v>540</v>
+      </c>
+      <c r="E130" t="s">
+        <v>33</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>45</v>
+      </c>
+      <c r="H130">
+        <v>2014</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>534</v>
+      </c>
+      <c r="K130" t="s">
+        <v>47</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>764</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>769</v>
+      </c>
+      <c r="P130" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>771</v>
+      </c>
+      <c r="B131" t="s">
+        <v>772</v>
+      </c>
+      <c r="C131" t="s">
+        <v>392</v>
+      </c>
+      <c r="D131" t="s">
+        <v>540</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>45</v>
+      </c>
+      <c r="H131">
+        <v>2017</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>534</v>
+      </c>
+      <c r="K131" t="s">
+        <v>47</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>764</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>773</v>
+      </c>
+      <c r="P131" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>775</v>
+      </c>
+      <c r="B132" t="s">
+        <v>776</v>
+      </c>
+      <c r="C132" t="s">
+        <v>777</v>
+      </c>
+      <c r="D132" t="s">
+        <v>778</v>
+      </c>
+      <c r="E132" t="s">
+        <v>33</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>45</v>
+      </c>
+      <c r="H132">
+        <v>2021</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>211</v>
+      </c>
+      <c r="K132" t="s">
+        <v>47</v>
+      </c>
+      <c r="L132" t="s">
+        <v>779</v>
+      </c>
+      <c r="M132" t="s">
+        <v>780</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>781</v>
+      </c>
+      <c r="P132"/>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>775</v>
+      </c>
+      <c r="B133" t="s">
+        <v>776</v>
+      </c>
+      <c r="C133" t="s">
+        <v>777</v>
+      </c>
+      <c r="D133" t="s">
+        <v>778</v>
+      </c>
+      <c r="E133" t="s">
+        <v>33</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>45</v>
+      </c>
+      <c r="H133">
+        <v>2021</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>211</v>
+      </c>
+      <c r="K133" t="s">
+        <v>47</v>
+      </c>
+      <c r="L133" t="s">
+        <v>779</v>
+      </c>
+      <c r="M133" t="s">
+        <v>780</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>782</v>
+      </c>
+      <c r="P133"/>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>783</v>
+      </c>
+      <c r="B134" t="s">
+        <v>784</v>
+      </c>
+      <c r="C134" t="s">
+        <v>785</v>
+      </c>
+      <c r="D134" t="s">
+        <v>156</v>
+      </c>
+      <c r="E134" t="s">
+        <v>33</v>
+      </c>
+      <c r="F134" t="s">
+        <v>157</v>
+      </c>
+      <c r="G134" t="s">
+        <v>45</v>
+      </c>
+      <c r="H134">
         <v>2016</v>
       </c>
-      <c r="H127">
-[...296 lines deleted...]
-      </c>
+      <c r="I134"/>
       <c r="J134" t="s">
-        <v>40</v>
+        <v>277</v>
       </c>
       <c r="K134" t="s">
-        <v>538</v>
+        <v>47</v>
       </c>
       <c r="L134" t="s">
-        <v>539</v>
+        <v>158</v>
       </c>
       <c r="M134" t="s">
-        <v>24</v>
+        <v>786</v>
       </c>
       <c r="N134" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>787</v>
+      </c>
+      <c r="P134" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>542</v>
+        <v>789</v>
       </c>
       <c r="B135" t="s">
-        <v>543</v>
+        <v>790</v>
       </c>
       <c r="C135" t="s">
-        <v>114</v>
+        <v>791</v>
       </c>
       <c r="D135" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="E135" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>38</v>
-[...7 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="G135" t="s">
+        <v>45</v>
+      </c>
+      <c r="H135">
+        <v>2011</v>
+      </c>
+      <c r="I135"/>
       <c r="J135" t="s">
-        <v>40</v>
+        <v>268</v>
       </c>
       <c r="K135" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="L135"/>
       <c r="M135" t="s">
-        <v>24</v>
+        <v>792</v>
       </c>
       <c r="N135" t="s">
-        <v>545</v>
-[...39 lines deleted...]
-        <v>549</v>
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>793</v>
+      </c>
+      <c r="P135" t="s">
+        <v>794</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>