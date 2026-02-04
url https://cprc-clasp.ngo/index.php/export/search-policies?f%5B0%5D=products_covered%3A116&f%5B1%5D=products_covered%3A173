--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -149,120 +149,123 @@
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>BDS 1761:2013 (1st revision)</t>
+  </si>
+  <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>BDS 1724:2003</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
+  </si>
+  <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...67 lines deleted...]
-    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
   <si>
     <t>CEL 021-2021 Ventilators</t>
   </si>
   <si>
     <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
@@ -1018,53 +1021,50 @@
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
     <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
   </si>
   <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
@@ -3148,3193 +3148,3193 @@
       </c>
       <c r="P6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>65</v>
       </c>
       <c r="B7" t="s">
         <v>66</v>
       </c>
       <c r="C7" t="s">
         <v>67</v>
       </c>
       <c r="D7" t="s">
         <v>68</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>47</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2020</v>
       </c>
       <c r="I8">
         <v>2021</v>
       </c>
       <c r="J8" t="s">
         <v>46</v>
       </c>
       <c r="K8" t="s">
         <v>47</v>
       </c>
       <c r="L8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K9" t="s">
         <v>47</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D10" t="s">
         <v>63</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10">
         <v>2010</v>
       </c>
       <c r="J10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K10" t="s">
         <v>47</v>
       </c>
       <c r="L10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
       <c r="I11">
         <v>2010</v>
       </c>
       <c r="J11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K11" t="s">
         <v>47</v>
       </c>
       <c r="L11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>1998</v>
       </c>
       <c r="I12">
         <v>2019</v>
       </c>
       <c r="J12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K12" t="s">
         <v>47</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H13">
         <v>2014</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K13" t="s">
         <v>47</v>
       </c>
       <c r="L13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M13"/>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K14" t="s">
         <v>47</v>
       </c>
       <c r="L14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2000</v>
       </c>
       <c r="I15">
         <v>2019</v>
       </c>
       <c r="J15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K15" t="s">
         <v>47</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2024</v>
       </c>
       <c r="I16">
         <v>2024</v>
       </c>
       <c r="J16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="K16" t="s">
         <v>47</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D17" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H17">
         <v>2014</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K17" t="s">
         <v>47</v>
       </c>
       <c r="L17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M17"/>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C18" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D18" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H18">
         <v>2014</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K18" t="s">
         <v>47</v>
       </c>
       <c r="L18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C19" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K19" t="s">
         <v>47</v>
       </c>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C20" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D20" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K20" t="s">
         <v>47</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C21" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D21" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K21" t="s">
         <v>47</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C22" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D22" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H22">
         <v>2011</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K22" t="s">
         <v>47</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N22" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B23" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D23" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G23" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H23">
         <v>2016</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>35</v>
       </c>
       <c r="K23" t="s">
         <v>47</v>
       </c>
       <c r="L23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C24" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D24" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E24" t="s">
         <v>33</v>
       </c>
       <c r="F24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G24" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H24">
         <v>2009</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K24" t="s">
         <v>47</v>
       </c>
       <c r="L24" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N24" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C25" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D25" t="s">
         <v>55</v>
       </c>
       <c r="E25" t="s">
         <v>33</v>
       </c>
       <c r="F25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2010</v>
       </c>
       <c r="I25">
         <v>2010</v>
       </c>
       <c r="J25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K25" t="s">
         <v>47</v>
       </c>
       <c r="L25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D26" t="s">
         <v>55</v>
       </c>
       <c r="E26" t="s">
         <v>33</v>
       </c>
       <c r="F26" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2010</v>
       </c>
       <c r="I26">
         <v>2010</v>
       </c>
       <c r="J26" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K26" t="s">
         <v>47</v>
       </c>
       <c r="L26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M26" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D27" t="s">
         <v>55</v>
       </c>
       <c r="E27" t="s">
         <v>33</v>
       </c>
       <c r="F27" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2000</v>
       </c>
       <c r="I27">
         <v>2014</v>
       </c>
       <c r="J27" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K27" t="s">
         <v>47</v>
       </c>
       <c r="L27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M27" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C28" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E28" t="s">
         <v>33</v>
       </c>
       <c r="F28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G28" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H28">
         <v>2017</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K28" t="s">
         <v>47</v>
       </c>
       <c r="L28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M28" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P28" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B29" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C29" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D29" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2011</v>
       </c>
       <c r="I29">
         <v>2023</v>
       </c>
       <c r="J29" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="K29" t="s">
         <v>47</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B30" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H30">
         <v>2020</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="K30" t="s">
         <v>47</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C31" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K31" t="s">
         <v>47</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P31" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B32" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C32" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D32" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E32" t="s">
         <v>33</v>
       </c>
       <c r="F32" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>46</v>
       </c>
       <c r="K32" t="s">
         <v>47</v>
       </c>
       <c r="L32" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="M32" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="P32" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B33" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C33" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D33" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33"/>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>46</v>
       </c>
       <c r="K33" t="s">
         <v>47</v>
       </c>
       <c r="L33" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="M33" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P33" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B34" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C34" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D34" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E34" t="s">
         <v>33</v>
       </c>
       <c r="F34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G34" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H34">
         <v>2013</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K34" t="s">
         <v>47</v>
       </c>
       <c r="L34" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M34" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B35" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C35" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D35" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E35" t="s">
         <v>33</v>
       </c>
       <c r="F35" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G35" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H35">
         <v>2013</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K35" t="s">
         <v>47</v>
       </c>
       <c r="L35" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M35" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O35" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P35" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B36" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C36" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D36" t="s">
         <v>63</v>
       </c>
       <c r="E36" t="s">
         <v>33</v>
       </c>
       <c r="F36" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G36" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K36" t="s">
         <v>47</v>
       </c>
       <c r="L36" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="M36" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P36" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B37" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C37" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D37" t="s">
         <v>63</v>
       </c>
       <c r="E37" t="s">
         <v>33</v>
       </c>
       <c r="F37" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G37" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
       <c r="L37" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M37" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P37" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B38" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C38" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D38" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E38" t="s">
         <v>33</v>
       </c>
       <c r="F38" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
       <c r="I38">
         <v>2012</v>
       </c>
       <c r="J38" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K38" t="s">
         <v>47</v>
       </c>
       <c r="L38" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M38" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P38" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B39" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C39" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D39" t="s">
         <v>55</v>
       </c>
       <c r="E39" t="s">
         <v>33</v>
       </c>
       <c r="F39" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>1993</v>
       </c>
       <c r="I39">
         <v>2013</v>
       </c>
       <c r="J39" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K39" t="s">
         <v>47</v>
       </c>
       <c r="L39" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M39" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P39" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B40" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C40" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D40" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>34</v>
       </c>
       <c r="G40" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H40">
         <v>2009</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="K40" t="s">
         <v>47</v>
       </c>
       <c r="L40" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M40" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P40" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B41" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C41" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D41" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E41" t="s">
         <v>33</v>
       </c>
       <c r="F41" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G41" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H41">
         <v>2017</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="K41" t="s">
         <v>47</v>
       </c>
       <c r="L41" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="M41" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P41" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C42" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D42" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2009</v>
       </c>
       <c r="I42">
         <v>2024</v>
       </c>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
         <v>47</v>
       </c>
       <c r="L42" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="M42" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B43" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C43" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D43" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2016</v>
       </c>
       <c r="I43">
         <v>2019</v>
       </c>
       <c r="J43" t="s">
         <v>46</v>
       </c>
       <c r="K43" t="s">
         <v>36</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P43" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B44" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C44" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D44" t="s">
         <v>63</v>
       </c>
       <c r="E44" t="s">
         <v>33</v>
       </c>
       <c r="F44" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2001</v>
       </c>
       <c r="I44">
         <v>2018</v>
       </c>
       <c r="J44" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K44" t="s">
         <v>47</v>
       </c>
       <c r="L44" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="M44" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="P44" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B45" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C45" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D45" t="s">
         <v>44</v>
       </c>
       <c r="E45" t="s">
         <v>33</v>
       </c>
       <c r="F45" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2012</v>
       </c>
       <c r="I45">
         <v>2015</v>
       </c>
       <c r="J45" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K45" t="s">
         <v>47</v>
       </c>
       <c r="L45" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="M45" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="P45" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B46" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C46" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D46" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E46" t="s">
         <v>33</v>
       </c>
       <c r="F46" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2009</v>
       </c>
       <c r="I46">
         <v>2020</v>
       </c>
       <c r="J46" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K46" t="s">
         <v>47</v>
       </c>
       <c r="L46" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="M46" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="P46" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B47" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C47" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D47" t="s">
         <v>63</v>
       </c>
       <c r="E47" t="s">
         <v>33</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>1981</v>
       </c>
       <c r="I47">
         <v>1982</v>
       </c>
       <c r="J47" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K47" t="s">
         <v>47</v>
       </c>
       <c r="L47" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="M47" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="P47" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B48" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C48" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D48" t="s">
         <v>55</v>
       </c>
       <c r="E48" t="s">
         <v>33</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H48">
         <v>2009</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K48" t="s">
         <v>47</v>
       </c>
       <c r="L48" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="M48" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="P48" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B49" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C49" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D49" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>326</v>
+        <v>45</v>
       </c>
       <c r="H49">
         <v>1989</v>
       </c>
       <c r="I49">
         <v>2009</v>
       </c>
       <c r="J49" t="s">
         <v>327</v>
       </c>
       <c r="K49" t="s">
         <v>47</v>
       </c>
       <c r="L49" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M49" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
         <v>328</v>
       </c>
       <c r="P49" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>330</v>
       </c>
       <c r="B50" t="s">
         <v>331</v>
       </c>
       <c r="C50" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D50" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>1989</v>
       </c>
       <c r="I50">
         <v>2021</v>
       </c>
       <c r="J50" t="s">
         <v>327</v>
       </c>
       <c r="K50" t="s">
         <v>47</v>
       </c>
       <c r="L50" t="s">
         <v>332</v>
       </c>
       <c r="M50" t="s">
         <v>333</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
         <v>334</v>
       </c>
       <c r="P50" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>336</v>
       </c>
       <c r="B51" t="s">
         <v>337</v>
       </c>
       <c r="C51" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D51" t="s">
         <v>55</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>326</v>
+        <v>45</v>
       </c>
       <c r="H51">
         <v>2000</v>
       </c>
       <c r="I51">
         <v>2012</v>
       </c>
       <c r="J51" t="s">
         <v>327</v>
       </c>
       <c r="K51" t="s">
         <v>47</v>
       </c>
       <c r="L51" t="s">
         <v>338</v>
       </c>
       <c r="M51" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
         <v>339</v>
       </c>
       <c r="P51" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>341</v>
       </c>
       <c r="B52" t="s">
         <v>342</v>
       </c>
       <c r="C52" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D52" t="s">
         <v>343</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>1999</v>
       </c>
       <c r="I52">
         <v>2022</v>
       </c>
       <c r="J52" t="s">
         <v>327</v>
       </c>
       <c r="K52" t="s">
         <v>47</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
         <v>333</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
         <v>344</v>
       </c>
       <c r="P52" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>346</v>
       </c>
       <c r="B53" t="s">
         <v>347</v>
       </c>
       <c r="C53" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D53" t="s">
         <v>55</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>326</v>
+        <v>45</v>
       </c>
       <c r="H53">
         <v>2005</v>
       </c>
       <c r="I53">
         <v>2004</v>
       </c>
       <c r="J53" t="s">
         <v>327</v>
       </c>
       <c r="K53" t="s">
         <v>47</v>
       </c>
       <c r="L53" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M53" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
         <v>348</v>
       </c>
       <c r="P53" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>350</v>
       </c>
       <c r="B54" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C54" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D54" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2010</v>
       </c>
       <c r="I54">
         <v>2021</v>
       </c>
       <c r="J54" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K54" t="s">
         <v>47</v>
       </c>
       <c r="L54" t="s">
         <v>351</v>
       </c>
       <c r="M54" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N54" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O54" t="s">
         <v>352</v>
       </c>
       <c r="P54" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>354</v>
       </c>
       <c r="B55" t="s">
         <v>355</v>
       </c>
       <c r="C55" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D55" t="s">
         <v>55</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>326</v>
+        <v>45</v>
       </c>
       <c r="H55">
         <v>2005</v>
       </c>
       <c r="I55">
         <v>2015</v>
       </c>
       <c r="J55" t="s">
         <v>327</v>
       </c>
       <c r="K55" t="s">
         <v>47</v>
       </c>
       <c r="L55" t="s">
         <v>356</v>
       </c>
       <c r="M55" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
         <v>357</v>
       </c>
       <c r="P55" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>359</v>
       </c>
       <c r="B56" t="s">
         <v>360</v>
       </c>
       <c r="C56" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D56" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H56">
         <v>2012</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K56" t="s">
         <v>47</v>
       </c>
       <c r="L56" t="s">
         <v>361</v>
       </c>
       <c r="M56" t="s">
         <v>362</v>
       </c>
       <c r="N56" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O56" t="s">
         <v>363</v>
       </c>
       <c r="P56" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>365</v>
       </c>
       <c r="B57" t="s">
         <v>366</v>
       </c>
       <c r="C57" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D57" t="s">
         <v>55</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
-        <v>326</v>
+        <v>45</v>
       </c>
       <c r="H57">
         <v>2000</v>
       </c>
       <c r="I57">
         <v>2012</v>
       </c>
       <c r="J57" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K57" t="s">
         <v>47</v>
       </c>
       <c r="L57" t="s">
         <v>367</v>
       </c>
       <c r="M57" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
         <v>368</v>
       </c>
       <c r="P57" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>370</v>
       </c>
       <c r="B58" t="s">
         <v>371</v>
       </c>
       <c r="C58" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D58" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H58">
         <v>2016</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K58" t="s">
         <v>47</v>
       </c>
       <c r="L58" t="s">
         <v>372</v>
       </c>
       <c r="M58" t="s">
         <v>362</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
         <v>373</v>
       </c>
       <c r="P58" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>375</v>
       </c>
       <c r="B59" t="s">
         <v>376</v>
       </c>
       <c r="C59" t="s">
         <v>377</v>
       </c>
       <c r="D59" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E59" t="s">
         <v>33</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H59">
         <v>1986</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K59" t="s">
         <v>47</v>
       </c>
       <c r="L59" t="s">
         <v>378</v>
       </c>
       <c r="M59" t="s">
         <v>379</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>380</v>
       </c>
       <c r="P59" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>382</v>
       </c>
       <c r="B60" t="s">
         <v>383</v>
       </c>
       <c r="C60" t="s">
         <v>384</v>
       </c>
       <c r="D60" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2013</v>
       </c>
       <c r="I60">
         <v>2025</v>
       </c>
       <c r="J60" t="s">
         <v>385</v>
       </c>
       <c r="K60" t="s">
         <v>47</v>
       </c>
       <c r="L60" t="s">
         <v>386</v>
       </c>
       <c r="M60" t="s">
         <v>387</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>388</v>
       </c>
       <c r="P60" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>390</v>
       </c>
       <c r="B61" t="s">
         <v>391</v>
       </c>
       <c r="C61" t="s">
         <v>392</v>
       </c>
       <c r="D61" t="s">
         <v>55</v>
       </c>
       <c r="E61" t="s">
         <v>33</v>
       </c>
       <c r="F61" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2003</v>
       </c>
       <c r="I61">
         <v>2012</v>
       </c>
       <c r="J61" t="s">
         <v>56</v>
       </c>
       <c r="K61" t="s">
         <v>47</v>
       </c>
       <c r="L61" t="s">
         <v>393</v>
       </c>
       <c r="M61" t="s">
         <v>394</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>395</v>
       </c>
       <c r="P61" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>397</v>
       </c>
       <c r="B62" t="s">
         <v>398</v>
       </c>
       <c r="C62" t="s">
         <v>399</v>
       </c>
       <c r="D62" t="s">
         <v>55</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2002</v>
       </c>
       <c r="I62">
         <v>2012</v>
       </c>
       <c r="J62" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K62" t="s">
         <v>47</v>
       </c>
       <c r="L62" t="s">
         <v>400</v>
       </c>
       <c r="M62" t="s">
         <v>401</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>402</v>
       </c>
       <c r="P62" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>404</v>
       </c>
       <c r="B63" t="s">
         <v>405</v>
       </c>
       <c r="C63" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D63" t="s">
         <v>63</v>
       </c>
       <c r="E63" t="s">
         <v>33</v>
       </c>
       <c r="F63" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G63" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H63">
         <v>2011</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K63" t="s">
         <v>47</v>
       </c>
       <c r="L63" t="s">
         <v>406</v>
       </c>
       <c r="M63" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>407</v>
       </c>
       <c r="P63" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>409</v>
       </c>
       <c r="B64" t="s">
         <v>410</v>
       </c>
       <c r="C64" t="s">
         <v>384</v>
       </c>
       <c r="D64" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G64" t="s">
         <v>411</v>
       </c>
       <c r="H64">
         <v>2013</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>412</v>
       </c>
       <c r="K64" t="s">
         <v>47</v>
       </c>
       <c r="L64" t="s">
         <v>413</v>
       </c>
       <c r="M64" t="s">
         <v>387</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
         <v>414</v>
       </c>
       <c r="P64" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>416</v>
       </c>
       <c r="B65" t="s">
         <v>417</v>
       </c>
       <c r="C65" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D65" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E65" t="s">
         <v>33</v>
       </c>
       <c r="F65" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G65" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H65">
         <v>2012</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="K65" t="s">
         <v>47</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>418</v>
       </c>
       <c r="P65" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>416</v>
       </c>
       <c r="B66" t="s">
         <v>420</v>
       </c>
       <c r="C66" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D66" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E66" t="s">
         <v>33</v>
       </c>
       <c r="F66" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2012</v>
       </c>
       <c r="I66">
         <v>2012</v>
       </c>
       <c r="J66" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="K66" t="s">
         <v>47</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N66" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O66" t="s">
         <v>421</v>
       </c>
       <c r="P66" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>422</v>
       </c>
       <c r="B67" t="s">
         <v>423</v>
       </c>
       <c r="C67" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D67" t="s">
         <v>55</v>
       </c>
       <c r="E67" t="s">
         <v>33</v>
       </c>
       <c r="F67" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>1996</v>
       </c>
       <c r="I67">
         <v>2012</v>
       </c>
       <c r="J67" t="s">
         <v>424</v>
       </c>
       <c r="K67" t="s">
         <v>47</v>
       </c>
       <c r="L67" t="s">
         <v>425</v>
       </c>
       <c r="M67" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>426</v>
       </c>
       <c r="P67" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>428</v>
       </c>
       <c r="B68" t="s">
         <v>429</v>
       </c>
       <c r="C68" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D68" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E68" t="s">
         <v>33</v>
       </c>
       <c r="F68" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>1996</v>
       </c>
       <c r="I68">
         <v>2010</v>
       </c>
       <c r="J68" t="s">
         <v>424</v>
       </c>
       <c r="K68" t="s">
         <v>47</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
         <v>430</v>
       </c>
       <c r="P68" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>431</v>
       </c>
       <c r="B69" t="s">
         <v>432</v>
       </c>
       <c r="C69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D69" t="s">
         <v>433</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G69" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H69">
         <v>2023</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="K69" t="s">
         <v>47</v>
       </c>
       <c r="L69" t="s">
         <v>434</v>
       </c>
       <c r="M69" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
         <v>435</v>
       </c>
       <c r="P69" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>437</v>
       </c>
       <c r="B70" t="s">
         <v>438</v>
       </c>
       <c r="C70" t="s">
         <v>439</v>
       </c>
       <c r="D70" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>34</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2008</v>
       </c>
       <c r="I70">
         <v>2021</v>
       </c>
       <c r="J70" t="s">
         <v>440</v>
       </c>
       <c r="K70" t="s">
         <v>47</v>
       </c>
       <c r="L70" t="s">
         <v>441</v>
       </c>
       <c r="M70" t="s">
         <v>442</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
         <v>443</v>
       </c>
       <c r="P70" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>445</v>
       </c>
       <c r="B71" t="s">
         <v>446</v>
       </c>
       <c r="C71" t="s">
         <v>447</v>
       </c>
       <c r="D71" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2008</v>
       </c>
       <c r="I71">
         <v>2010</v>
       </c>
       <c r="J71" t="s">
         <v>424</v>
       </c>
       <c r="K71" t="s">
         <v>47</v>
       </c>
       <c r="L71" t="s">
         <v>448</v>
       </c>
       <c r="M71" t="s">
         <v>449</v>
       </c>
       <c r="N71" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O71" t="s">
         <v>450</v>
       </c>
       <c r="P71" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>452</v>
       </c>
       <c r="B72" t="s">
         <v>453</v>
       </c>
       <c r="C72" t="s">
         <v>447</v>
       </c>
       <c r="D72" t="s">
         <v>55</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G72" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H72">
         <v>2009</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>424</v>
       </c>
       <c r="K72" t="s">
         <v>47</v>
       </c>
       <c r="L72" t="s">
         <v>454</v>
       </c>
       <c r="M72" t="s">
         <v>449</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>455</v>
       </c>
       <c r="P72" t="s">
         <v>451</v>
@@ -6347,149 +6347,149 @@
       <c r="B73" t="s">
         <v>457</v>
       </c>
       <c r="C73" t="s">
         <v>458</v>
       </c>
       <c r="D73" t="s">
         <v>459</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2013</v>
       </c>
       <c r="I73">
         <v>2014</v>
       </c>
       <c r="J73" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K73" t="s">
         <v>47</v>
       </c>
       <c r="L73" t="s">
         <v>460</v>
       </c>
       <c r="M73" t="s">
         <v>461</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
         <v>462</v>
       </c>
       <c r="P73" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
         <v>464</v>
       </c>
       <c r="B74" t="s">
         <v>465</v>
       </c>
       <c r="C74" t="s">
         <v>458</v>
       </c>
       <c r="D74" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2013</v>
       </c>
       <c r="I74">
         <v>2014</v>
       </c>
       <c r="J74" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K74" t="s">
         <v>47</v>
       </c>
       <c r="L74" t="s">
         <v>466</v>
       </c>
       <c r="M74" t="s">
         <v>461</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
         <v>467</v>
       </c>
       <c r="P74"/>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
         <v>468</v>
       </c>
       <c r="B75" t="s">
         <v>469</v>
       </c>
       <c r="C75" t="s">
         <v>458</v>
       </c>
       <c r="D75" t="s">
         <v>44</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2013</v>
       </c>
       <c r="I75">
         <v>2014</v>
       </c>
       <c r="J75" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K75" t="s">
         <v>47</v>
       </c>
       <c r="L75" t="s">
         <v>470</v>
       </c>
       <c r="M75" t="s">
         <v>461</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
         <v>471</v>
       </c>
       <c r="P75" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
         <v>473</v>
       </c>
       <c r="B76" t="s">
@@ -6527,758 +6527,758 @@
       </c>
       <c r="M76" t="s">
         <v>478</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
         <v>479</v>
       </c>
       <c r="P76" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>481</v>
       </c>
       <c r="B77" t="s">
         <v>482</v>
       </c>
       <c r="C77" t="s">
         <v>483</v>
       </c>
       <c r="D77" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H77">
         <v>2022</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>484</v>
       </c>
       <c r="K77" t="s">
         <v>47</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
         <v>485</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
         <v>486</v>
       </c>
       <c r="P77" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
         <v>488</v>
       </c>
       <c r="B78" t="s">
         <v>489</v>
       </c>
       <c r="C78" t="s">
         <v>483</v>
       </c>
       <c r="D78" t="s">
         <v>490</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H78">
         <v>2022</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>491</v>
       </c>
       <c r="K78" t="s">
         <v>47</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
         <v>485</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
         <v>492</v>
       </c>
       <c r="P78" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>493</v>
       </c>
       <c r="B79" t="s">
         <v>494</v>
       </c>
       <c r="C79" t="s">
         <v>483</v>
       </c>
       <c r="D79" t="s">
         <v>433</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H79">
         <v>2022</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
         <v>484</v>
       </c>
       <c r="K79" t="s">
         <v>47</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
         <v>485</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
         <v>495</v>
       </c>
       <c r="P79" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>496</v>
       </c>
       <c r="B80" t="s">
         <v>497</v>
       </c>
       <c r="C80" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D80" t="s">
         <v>55</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>1994</v>
       </c>
       <c r="I80">
         <v>2003</v>
       </c>
       <c r="J80" t="s">
         <v>424</v>
       </c>
       <c r="K80" t="s">
         <v>47</v>
       </c>
       <c r="L80" t="s">
         <v>425</v>
       </c>
       <c r="M80" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
         <v>498</v>
       </c>
       <c r="P80" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>499</v>
       </c>
       <c r="B81" t="s">
         <v>500</v>
       </c>
       <c r="C81" t="s">
         <v>501</v>
       </c>
       <c r="D81" t="s">
         <v>55</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H81">
         <v>2002</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K81" t="s">
         <v>47</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
         <v>502</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
         <v>503</v>
       </c>
       <c r="P81" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>505</v>
       </c>
       <c r="B82" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C82" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D82" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H82">
         <v>2009</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="K82" t="s">
         <v>47</v>
       </c>
       <c r="L82" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M82" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
         <v>506</v>
       </c>
       <c r="P82" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
         <v>507</v>
       </c>
       <c r="B83" t="s">
         <v>508</v>
       </c>
       <c r="C83" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D83" t="s">
         <v>55</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>1994</v>
       </c>
       <c r="I83">
         <v>2004</v>
       </c>
       <c r="J83" t="s">
         <v>424</v>
       </c>
       <c r="K83" t="s">
         <v>47</v>
       </c>
       <c r="L83" t="s">
         <v>509</v>
       </c>
       <c r="M83" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
         <v>510</v>
       </c>
       <c r="P83" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
         <v>511</v>
       </c>
       <c r="B84" t="s">
         <v>512</v>
       </c>
       <c r="C84" t="s">
         <v>513</v>
       </c>
       <c r="D84" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G84" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H84">
         <v>2021</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>46</v>
       </c>
       <c r="K84" t="s">
         <v>47</v>
       </c>
       <c r="L84" t="s">
         <v>514</v>
       </c>
       <c r="M84" t="s">
         <v>515</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
         <v>516</v>
       </c>
       <c r="P84" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>518</v>
       </c>
       <c r="B85"/>
       <c r="C85" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D85" t="s">
         <v>55</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H85">
         <v>2009</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
         <v>46</v>
       </c>
       <c r="K85" t="s">
         <v>47</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
         <v>519</v>
       </c>
       <c r="P85" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>521</v>
       </c>
       <c r="B86"/>
       <c r="C86" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D86" t="s">
         <v>522</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H86">
         <v>2010</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
         <v>46</v>
       </c>
       <c r="K86" t="s">
         <v>47</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
         <v>523</v>
       </c>
       <c r="P86" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
         <v>524</v>
       </c>
       <c r="B87" t="s">
         <v>525</v>
       </c>
       <c r="C87" t="s">
         <v>513</v>
       </c>
       <c r="D87" t="s">
         <v>526</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G87" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H87">
         <v>2021</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>46</v>
       </c>
       <c r="K87" t="s">
         <v>47</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
         <v>527</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
         <v>528</v>
       </c>
       <c r="P87" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>530</v>
       </c>
       <c r="B88" t="s">
         <v>531</v>
       </c>
       <c r="C88" t="s">
         <v>392</v>
       </c>
       <c r="D88" t="s">
         <v>532</v>
       </c>
       <c r="E88" t="s">
         <v>33</v>
       </c>
       <c r="F88" t="s">
         <v>533</v>
       </c>
       <c r="G88" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H88">
         <v>2009</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
         <v>534</v>
       </c>
       <c r="K88" t="s">
         <v>47</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
         <v>535</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
         <v>536</v>
       </c>
       <c r="P88" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
         <v>538</v>
       </c>
       <c r="B89" t="s">
         <v>539</v>
       </c>
       <c r="C89" t="s">
         <v>392</v>
       </c>
       <c r="D89" t="s">
         <v>540</v>
       </c>
       <c r="E89" t="s">
         <v>33</v>
       </c>
       <c r="F89" t="s">
         <v>533</v>
       </c>
       <c r="G89" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H89">
         <v>2015</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
         <v>534</v>
       </c>
       <c r="K89" t="s">
         <v>47</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
         <v>541</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
         <v>542</v>
       </c>
       <c r="P89" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
         <v>544</v>
       </c>
       <c r="B90" t="s">
         <v>545</v>
       </c>
       <c r="C90" t="s">
         <v>392</v>
       </c>
       <c r="D90" t="s">
         <v>540</v>
       </c>
       <c r="E90" t="s">
         <v>33</v>
       </c>
       <c r="F90" t="s">
         <v>533</v>
       </c>
       <c r="G90" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H90">
         <v>2015</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>534</v>
       </c>
       <c r="K90" t="s">
         <v>47</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
         <v>535</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
         <v>546</v>
       </c>
       <c r="P90" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
         <v>548</v>
       </c>
       <c r="B91" t="s">
         <v>549</v>
       </c>
       <c r="C91" t="s">
         <v>392</v>
       </c>
       <c r="D91" t="s">
         <v>540</v>
       </c>
       <c r="E91" t="s">
         <v>33</v>
       </c>
       <c r="F91" t="s">
         <v>533</v>
       </c>
       <c r="G91" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H91">
         <v>2015</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>534</v>
       </c>
       <c r="K91" t="s">
         <v>47</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
         <v>535</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
         <v>550</v>
       </c>
       <c r="P91" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
         <v>552</v>
       </c>
       <c r="B92" t="s">
         <v>553</v>
       </c>
       <c r="C92" t="s">
         <v>392</v>
       </c>
       <c r="D92" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E92" t="s">
         <v>33</v>
       </c>
       <c r="F92" t="s">
         <v>533</v>
       </c>
       <c r="G92" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H92">
         <v>2015</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>534</v>
       </c>
       <c r="K92" t="s">
         <v>47</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
         <v>535</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
         <v>554</v>
       </c>
       <c r="P92" t="s">
         <v>555</v>
       </c>
     </row>
@@ -7330,380 +7330,380 @@
       </c>
       <c r="P93" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
         <v>562</v>
       </c>
       <c r="B94" t="s">
         <v>563</v>
       </c>
       <c r="C94" t="s">
         <v>564</v>
       </c>
       <c r="D94" t="s">
         <v>565</v>
       </c>
       <c r="E94" t="s">
         <v>566</v>
       </c>
       <c r="F94" t="s">
         <v>567</v>
       </c>
       <c r="G94" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H94">
         <v>2023</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="K94" t="s">
         <v>568</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
         <v>569</v>
       </c>
       <c r="N94" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O94" t="s">
         <v>570</v>
       </c>
       <c r="P94" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>572</v>
       </c>
       <c r="B95" t="s">
         <v>573</v>
       </c>
       <c r="C95" t="s">
         <v>564</v>
       </c>
       <c r="D95" t="s">
         <v>63</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2014</v>
       </c>
       <c r="I95">
         <v>2024</v>
       </c>
       <c r="J95" t="s">
         <v>574</v>
       </c>
       <c r="K95" t="s">
         <v>47</v>
       </c>
       <c r="L95" t="s">
         <v>575</v>
       </c>
       <c r="M95" t="s">
         <v>569</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
         <v>576</v>
       </c>
       <c r="P95" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>578</v>
       </c>
       <c r="B96" t="s">
         <v>579</v>
       </c>
       <c r="C96" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D96" t="s">
         <v>55</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>34</v>
       </c>
       <c r="G96" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H96">
         <v>2002</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="K96" t="s">
         <v>47</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
         <v>580</v>
       </c>
       <c r="P96" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
         <v>582</v>
       </c>
       <c r="B97" t="s">
         <v>583</v>
       </c>
       <c r="C97" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D97" t="s">
         <v>55</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>34</v>
       </c>
       <c r="G97" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H97">
         <v>2007</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="K97" t="s">
         <v>47</v>
       </c>
       <c r="L97" t="s">
         <v>584</v>
       </c>
       <c r="M97" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
         <v>585</v>
       </c>
       <c r="P97" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
         <v>587</v>
       </c>
       <c r="B98" t="s">
         <v>588</v>
       </c>
       <c r="C98" t="s">
         <v>589</v>
       </c>
       <c r="D98" t="s">
         <v>590</v>
       </c>
       <c r="E98" t="s">
         <v>566</v>
       </c>
       <c r="F98" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G98" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H98"/>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>591</v>
       </c>
       <c r="K98" t="s">
         <v>47</v>
       </c>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
         <v>592</v>
       </c>
       <c r="P98" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
         <v>594</v>
       </c>
       <c r="B99" t="s">
         <v>595</v>
       </c>
       <c r="C99" t="s">
         <v>439</v>
       </c>
       <c r="D99" t="s">
         <v>55</v>
       </c>
       <c r="E99" t="s">
         <v>33</v>
       </c>
       <c r="F99" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>1993</v>
       </c>
       <c r="I99">
         <v>2010</v>
       </c>
       <c r="J99" t="s">
         <v>440</v>
       </c>
       <c r="K99" t="s">
         <v>47</v>
       </c>
       <c r="L99" t="s">
         <v>596</v>
       </c>
       <c r="M99" t="s">
         <v>597</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
         <v>598</v>
       </c>
       <c r="P99" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
         <v>600</v>
       </c>
       <c r="B100" t="s">
         <v>601</v>
       </c>
       <c r="C100" t="s">
         <v>439</v>
       </c>
       <c r="D100" t="s">
         <v>55</v>
       </c>
       <c r="E100" t="s">
         <v>33</v>
       </c>
       <c r="F100" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>1993</v>
       </c>
       <c r="I100">
         <v>2013</v>
       </c>
       <c r="J100" t="s">
         <v>440</v>
       </c>
       <c r="K100" t="s">
         <v>47</v>
       </c>
       <c r="L100" t="s">
         <v>602</v>
       </c>
       <c r="M100" t="s">
         <v>597</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
         <v>603</v>
       </c>
       <c r="P100" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>605</v>
       </c>
       <c r="B101" t="s">
         <v>606</v>
       </c>
       <c r="C101" t="s">
         <v>439</v>
       </c>
       <c r="D101" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E101" t="s">
         <v>33</v>
       </c>
       <c r="F101" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>1997</v>
       </c>
       <c r="I101">
         <v>2011</v>
       </c>
       <c r="J101" t="s">
         <v>440</v>
       </c>
       <c r="K101" t="s">
         <v>47</v>
       </c>
       <c r="L101" t="s">
         <v>607</v>
       </c>
       <c r="M101" t="s">
         <v>597</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
@@ -7721,153 +7721,153 @@
       <c r="B102" t="s">
         <v>610</v>
       </c>
       <c r="C102" t="s">
         <v>611</v>
       </c>
       <c r="D102" t="s">
         <v>55</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>34</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2011</v>
       </c>
       <c r="I102">
         <v>2014</v>
       </c>
       <c r="J102" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="K102" t="s">
         <v>47</v>
       </c>
       <c r="L102" t="s">
         <v>612</v>
       </c>
       <c r="M102" t="s">
         <v>613</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
         <v>614</v>
       </c>
       <c r="P102" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
         <v>616</v>
       </c>
       <c r="B103" t="s">
         <v>617</v>
       </c>
       <c r="C103" t="s">
         <v>618</v>
       </c>
       <c r="D103" t="s">
         <v>619</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2017</v>
       </c>
       <c r="I103">
         <v>2021</v>
       </c>
       <c r="J103" t="s">
         <v>412</v>
       </c>
       <c r="K103" t="s">
         <v>620</v>
       </c>
       <c r="L103" t="s">
         <v>621</v>
       </c>
       <c r="M103" t="s">
         <v>622</v>
       </c>
       <c r="N103" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O103" t="s">
         <v>623</v>
       </c>
       <c r="P103" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
         <v>625</v>
       </c>
       <c r="B104" t="s">
         <v>626</v>
       </c>
       <c r="C104" t="s">
         <v>627</v>
       </c>
       <c r="D104" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E104" t="s">
         <v>33</v>
       </c>
       <c r="F104" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G104" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H104"/>
       <c r="I104"/>
       <c r="J104" t="s">
         <v>424</v>
       </c>
       <c r="K104" t="s">
         <v>47</v>
       </c>
       <c r="L104" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M104" t="s">
         <v>628</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
         <v>629</v>
       </c>
       <c r="P104" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
         <v>631</v>
       </c>
       <c r="B105" t="s">
         <v>632</v>
       </c>
       <c r="C105" t="s">
         <v>633</v>
       </c>
       <c r="D105" t="s">
@@ -8002,703 +8002,703 @@
       </c>
       <c r="P107" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
         <v>650</v>
       </c>
       <c r="B108" t="s">
         <v>651</v>
       </c>
       <c r="C108" t="s">
         <v>652</v>
       </c>
       <c r="D108" t="s">
         <v>653</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>34</v>
       </c>
       <c r="G108" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H108">
         <v>2018</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
         <v>35</v>
       </c>
       <c r="K108" t="s">
         <v>47</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
         <v>654</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
         <v>655</v>
       </c>
       <c r="P108" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
         <v>657</v>
       </c>
       <c r="B109" t="s">
         <v>658</v>
       </c>
       <c r="C109" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D109" t="s">
         <v>55</v>
       </c>
       <c r="E109" t="s">
         <v>33</v>
       </c>
       <c r="F109" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>2013</v>
       </c>
       <c r="I109">
         <v>2016</v>
       </c>
       <c r="J109" t="s">
         <v>46</v>
       </c>
       <c r="K109" t="s">
         <v>47</v>
       </c>
       <c r="L109" t="s">
         <v>659</v>
       </c>
       <c r="M109" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
         <v>660</v>
       </c>
       <c r="P109" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
         <v>662</v>
       </c>
       <c r="B110" t="s">
         <v>663</v>
       </c>
       <c r="C110" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D110" t="s">
         <v>55</v>
       </c>
       <c r="E110" t="s">
         <v>33</v>
       </c>
       <c r="F110" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>1996</v>
       </c>
       <c r="I110">
         <v>2012</v>
       </c>
       <c r="J110" t="s">
         <v>440</v>
       </c>
       <c r="K110" t="s">
         <v>47</v>
       </c>
       <c r="L110" t="s">
         <v>664</v>
       </c>
       <c r="M110" t="s">
         <v>665</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
         <v>666</v>
       </c>
       <c r="P110" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
         <v>668</v>
       </c>
       <c r="B111" t="s">
         <v>669</v>
       </c>
       <c r="C111" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D111" t="s">
         <v>55</v>
       </c>
       <c r="E111" t="s">
         <v>33</v>
       </c>
       <c r="F111" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>1996</v>
       </c>
       <c r="I111">
         <v>2012</v>
       </c>
       <c r="J111" t="s">
         <v>440</v>
       </c>
       <c r="K111" t="s">
         <v>47</v>
       </c>
       <c r="L111" t="s">
         <v>670</v>
       </c>
       <c r="M111" t="s">
         <v>665</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
         <v>671</v>
       </c>
       <c r="P111" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
         <v>673</v>
       </c>
       <c r="B112" t="s">
         <v>674</v>
       </c>
       <c r="C112" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D112" t="s">
         <v>55</v>
       </c>
       <c r="E112" t="s">
         <v>33</v>
       </c>
       <c r="F112" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2004</v>
       </c>
       <c r="I112">
         <v>2012</v>
       </c>
       <c r="J112" t="s">
         <v>440</v>
       </c>
       <c r="K112" t="s">
         <v>47</v>
       </c>
       <c r="L112" t="s">
         <v>664</v>
       </c>
       <c r="M112" t="s">
         <v>665</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
         <v>675</v>
       </c>
       <c r="P112" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
         <v>677</v>
       </c>
       <c r="B113" t="s">
         <v>678</v>
       </c>
       <c r="C113" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D113" t="s">
         <v>55</v>
       </c>
       <c r="E113" t="s">
         <v>33</v>
       </c>
       <c r="F113" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2005</v>
       </c>
       <c r="I113">
         <v>2012</v>
       </c>
       <c r="J113" t="s">
         <v>440</v>
       </c>
       <c r="K113" t="s">
         <v>47</v>
       </c>
       <c r="L113" t="s">
         <v>679</v>
       </c>
       <c r="M113" t="s">
         <v>665</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
         <v>680</v>
       </c>
       <c r="P113" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
         <v>682</v>
       </c>
       <c r="B114" t="s">
         <v>683</v>
       </c>
       <c r="C114" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D114" t="s">
         <v>55</v>
       </c>
       <c r="E114" t="s">
         <v>33</v>
       </c>
       <c r="F114" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2007</v>
       </c>
       <c r="I114">
         <v>2012</v>
       </c>
       <c r="J114" t="s">
         <v>440</v>
       </c>
       <c r="K114" t="s">
         <v>47</v>
       </c>
       <c r="L114" t="s">
         <v>684</v>
       </c>
       <c r="M114" t="s">
         <v>665</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
         <v>685</v>
       </c>
       <c r="P114" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
         <v>687</v>
       </c>
       <c r="B115" t="s">
         <v>687</v>
       </c>
       <c r="C115" t="s">
         <v>688</v>
       </c>
       <c r="D115" t="s">
         <v>55</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G115" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H115">
         <v>2012</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
         <v>412</v>
       </c>
       <c r="K115" t="s">
         <v>47</v>
       </c>
       <c r="L115" t="s">
         <v>689</v>
       </c>
       <c r="M115" t="s">
         <v>690</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
         <v>691</v>
       </c>
       <c r="P115" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
         <v>693</v>
       </c>
       <c r="B116" t="s">
         <v>694</v>
       </c>
       <c r="C116" t="s">
         <v>688</v>
       </c>
       <c r="D116" t="s">
         <v>63</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G116" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H116">
         <v>2011</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>412</v>
       </c>
       <c r="K116" t="s">
         <v>47</v>
       </c>
       <c r="L116" t="s">
         <v>695</v>
       </c>
       <c r="M116" t="s">
         <v>690</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
         <v>696</v>
       </c>
       <c r="P116" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
         <v>698</v>
       </c>
       <c r="B117" t="s">
         <v>699</v>
       </c>
       <c r="C117" t="s">
         <v>700</v>
       </c>
       <c r="D117" t="s">
         <v>701</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H117">
         <v>2016</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>46</v>
       </c>
       <c r="K117" t="s">
         <v>47</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
         <v>702</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
         <v>703</v>
       </c>
       <c r="P117" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
         <v>705</v>
       </c>
       <c r="B118" t="s">
         <v>706</v>
       </c>
       <c r="C118" t="s">
         <v>700</v>
       </c>
       <c r="D118" t="s">
         <v>707</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>34</v>
       </c>
       <c r="G118" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H118">
         <v>2017</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
         <v>46</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118"/>
       <c r="M118" t="s">
         <v>702</v>
       </c>
       <c r="N118" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O118" t="s">
         <v>708</v>
       </c>
       <c r="P118" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
         <v>710</v>
       </c>
       <c r="B119" t="s">
         <v>711</v>
       </c>
       <c r="C119" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D119" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2007</v>
       </c>
       <c r="I119">
         <v>2020</v>
       </c>
       <c r="J119" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="K119" t="s">
         <v>47</v>
       </c>
       <c r="L119" t="s">
         <v>712</v>
       </c>
       <c r="M119" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
         <v>713</v>
       </c>
       <c r="P119" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
         <v>715</v>
       </c>
       <c r="B120" t="s">
         <v>716</v>
       </c>
       <c r="C120" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D120" t="s">
         <v>55</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>21</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2008</v>
       </c>
       <c r="I120">
         <v>2015</v>
       </c>
       <c r="J120" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="K120" t="s">
         <v>47</v>
       </c>
       <c r="L120" t="s">
         <v>717</v>
       </c>
       <c r="M120" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
         <v>718</v>
       </c>
       <c r="P120" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
         <v>720</v>
       </c>
       <c r="B121" t="s">
         <v>721</v>
       </c>
       <c r="C121" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D121" t="s">
         <v>55</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2009</v>
       </c>
       <c r="I121">
         <v>2013</v>
       </c>
       <c r="J121" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="K121" t="s">
         <v>47</v>
       </c>
       <c r="L121" t="s">
         <v>717</v>
       </c>
       <c r="M121" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
         <v>722</v>
       </c>
       <c r="P121" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
         <v>724</v>
       </c>
       <c r="B122" t="s">
         <v>646</v>
       </c>
       <c r="C122" t="s">
         <v>633</v>
       </c>
       <c r="D122" t="s">
         <v>725</v>
       </c>
       <c r="E122" t="s">
@@ -8731,283 +8731,283 @@
       </c>
       <c r="O122" t="s">
         <v>726</v>
       </c>
       <c r="P122" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
         <v>728</v>
       </c>
       <c r="B123" t="s">
         <v>729</v>
       </c>
       <c r="C123" t="s">
         <v>392</v>
       </c>
       <c r="D123" t="s">
         <v>730</v>
       </c>
       <c r="E123" t="s">
         <v>33</v>
       </c>
       <c r="F123" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G123" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H123">
         <v>2011</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
         <v>731</v>
       </c>
       <c r="K123" t="s">
         <v>47</v>
       </c>
       <c r="L123" t="s">
         <v>732</v>
       </c>
       <c r="M123" t="s">
         <v>394</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
         <v>733</v>
       </c>
       <c r="P123" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
         <v>735</v>
       </c>
       <c r="B124" t="s">
         <v>736</v>
       </c>
       <c r="C124" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D124" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>34</v>
       </c>
       <c r="G124" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H124">
         <v>2021</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K124" t="s">
         <v>47</v>
       </c>
       <c r="L124"/>
       <c r="M124"/>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
         <v>737</v>
       </c>
       <c r="P124" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
         <v>735</v>
       </c>
       <c r="B125" t="s">
         <v>739</v>
       </c>
       <c r="C125" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D125" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>21</v>
       </c>
       <c r="G125" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H125">
         <v>2021</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K125" t="s">
         <v>47</v>
       </c>
       <c r="L125"/>
       <c r="M125"/>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
         <v>740</v>
       </c>
       <c r="P125" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
         <v>742</v>
       </c>
       <c r="B126" t="s">
         <v>743</v>
       </c>
       <c r="C126" t="s">
         <v>475</v>
       </c>
       <c r="D126" t="s">
         <v>744</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G126" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H126">
         <v>2016</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
         <v>745</v>
       </c>
       <c r="K126" t="s">
         <v>47</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
         <v>746</v>
       </c>
       <c r="N126" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O126" t="s">
         <v>747</v>
       </c>
       <c r="P126" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
         <v>749</v>
       </c>
       <c r="B127" t="s">
         <v>750</v>
       </c>
       <c r="C127" t="s">
         <v>392</v>
       </c>
       <c r="D127" t="s">
         <v>730</v>
       </c>
       <c r="E127" t="s">
         <v>33</v>
       </c>
       <c r="F127" t="s">
         <v>34</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2001</v>
       </c>
       <c r="I127">
         <v>2019</v>
       </c>
       <c r="J127" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K127" t="s">
         <v>47</v>
       </c>
       <c r="L127" t="s">
         <v>751</v>
       </c>
       <c r="M127" t="s">
         <v>752</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
         <v>753</v>
       </c>
       <c r="P127" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
         <v>755</v>
       </c>
       <c r="B128" t="s">
         <v>756</v>
       </c>
       <c r="C128" t="s">
         <v>757</v>
       </c>
       <c r="D128" t="s">
         <v>55</v>
       </c>
       <c r="E128" t="s">
         <v>33</v>
       </c>
       <c r="F128" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>2004</v>
       </c>
       <c r="I128">
         <v>2020</v>
       </c>
       <c r="J128" t="s">
         <v>35</v>
       </c>
       <c r="K128" t="s">
         <v>47</v>
       </c>
       <c r="L128" t="s">
         <v>758</v>
       </c>
       <c r="M128" t="s">
         <v>759</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
@@ -9025,329 +9025,329 @@
       <c r="B129" t="s">
         <v>763</v>
       </c>
       <c r="C129" t="s">
         <v>392</v>
       </c>
       <c r="D129" t="s">
         <v>55</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>1978</v>
       </c>
       <c r="I129">
         <v>2017</v>
       </c>
       <c r="J129" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K129" t="s">
         <v>47</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
         <v>764</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
         <v>765</v>
       </c>
       <c r="P129" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
         <v>767</v>
       </c>
       <c r="B130" t="s">
         <v>768</v>
       </c>
       <c r="C130" t="s">
         <v>392</v>
       </c>
       <c r="D130" t="s">
         <v>540</v>
       </c>
       <c r="E130" t="s">
         <v>33</v>
       </c>
       <c r="F130" t="s">
         <v>21</v>
       </c>
       <c r="G130" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H130">
         <v>2014</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
         <v>534</v>
       </c>
       <c r="K130" t="s">
         <v>47</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
         <v>764</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
         <v>769</v>
       </c>
       <c r="P130" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
         <v>771</v>
       </c>
       <c r="B131" t="s">
         <v>772</v>
       </c>
       <c r="C131" t="s">
         <v>392</v>
       </c>
       <c r="D131" t="s">
         <v>540</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>21</v>
       </c>
       <c r="G131" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H131">
         <v>2017</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
         <v>534</v>
       </c>
       <c r="K131" t="s">
         <v>47</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
         <v>764</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
         <v>773</v>
       </c>
       <c r="P131" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
         <v>775</v>
       </c>
       <c r="B132" t="s">
         <v>776</v>
       </c>
       <c r="C132" t="s">
         <v>777</v>
       </c>
       <c r="D132" t="s">
         <v>778</v>
       </c>
       <c r="E132" t="s">
         <v>33</v>
       </c>
       <c r="F132" t="s">
         <v>21</v>
       </c>
       <c r="G132" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H132">
         <v>2021</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K132" t="s">
         <v>47</v>
       </c>
       <c r="L132" t="s">
         <v>779</v>
       </c>
       <c r="M132" t="s">
         <v>780</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
         <v>781</v>
       </c>
       <c r="P132"/>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
         <v>775</v>
       </c>
       <c r="B133" t="s">
         <v>776</v>
       </c>
       <c r="C133" t="s">
         <v>777</v>
       </c>
       <c r="D133" t="s">
         <v>778</v>
       </c>
       <c r="E133" t="s">
         <v>33</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H133">
         <v>2021</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K133" t="s">
         <v>47</v>
       </c>
       <c r="L133" t="s">
         <v>779</v>
       </c>
       <c r="M133" t="s">
         <v>780</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
         <v>782</v>
       </c>
       <c r="P133"/>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
         <v>783</v>
       </c>
       <c r="B134" t="s">
         <v>784</v>
       </c>
       <c r="C134" t="s">
         <v>785</v>
       </c>
       <c r="D134" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E134" t="s">
         <v>33</v>
       </c>
       <c r="F134" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G134" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H134">
         <v>2016</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="K134" t="s">
         <v>47</v>
       </c>
       <c r="L134" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M134" t="s">
         <v>786</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
         <v>787</v>
       </c>
       <c r="P134" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
         <v>789</v>
       </c>
       <c r="B135" t="s">
         <v>790</v>
       </c>
       <c r="C135" t="s">
         <v>791</v>
       </c>
       <c r="D135" t="s">
         <v>55</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G135" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H135">
         <v>2011</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="K135" t="s">
         <v>47</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
         <v>792</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
         <v>793</v>
       </c>
       <c r="P135" t="s">
         <v>794</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>