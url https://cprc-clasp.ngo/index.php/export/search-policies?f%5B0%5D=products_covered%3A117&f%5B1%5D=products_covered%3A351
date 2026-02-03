--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,759 +12,990 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="292">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...10 lines deleted...]
-                    IEC 60879:1986</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1028,1801 +1259,1994 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N40"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1998</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>63</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>78</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>79</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2023</v>
+      </c>
+      <c r="J8" t="s">
+        <v>80</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" t="s">
+        <v>87</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9">
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>46</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D10" t="s">
+        <v>94</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>95</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>96</v>
+      </c>
+      <c r="K10" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>97</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>98</v>
+      </c>
+      <c r="P10" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>102</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>61</v>
+      </c>
+      <c r="G11" t="s">
+        <v>62</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>103</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11" t="s">
+        <v>104</v>
+      </c>
+      <c r="M11" t="s">
+        <v>105</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>106</v>
+      </c>
+      <c r="P11" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B12" t="s">
+        <v>109</v>
+      </c>
+      <c r="C12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>61</v>
+      </c>
+      <c r="G12" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>103</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12" t="s">
+        <v>110</v>
+      </c>
+      <c r="M12" t="s">
+        <v>111</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D13" t="s">
+        <v>117</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>118</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13" t="s">
+        <v>119</v>
+      </c>
+      <c r="M13" t="s">
+        <v>120</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>121</v>
+      </c>
+      <c r="P13" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>123</v>
+      </c>
+      <c r="B14" t="s">
+        <v>124</v>
+      </c>
+      <c r="C14" t="s">
+        <v>125</v>
+      </c>
+      <c r="D14" t="s">
+        <v>126</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>127</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>128</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>129</v>
+      </c>
+      <c r="P14" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>131</v>
+      </c>
+      <c r="B15" t="s">
+        <v>132</v>
+      </c>
+      <c r="C15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D15" t="s">
+        <v>70</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15" t="s">
+        <v>62</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>134</v>
+      </c>
+      <c r="K15" t="s">
+        <v>63</v>
+      </c>
+      <c r="L15" t="s">
+        <v>25</v>
+      </c>
+      <c r="M15" t="s">
+        <v>135</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>136</v>
+      </c>
+      <c r="P15" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>138</v>
+      </c>
+      <c r="B16" t="s">
+        <v>139</v>
+      </c>
+      <c r="C16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>61</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2001</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>71</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16" t="s">
+        <v>141</v>
+      </c>
+      <c r="M16" t="s">
+        <v>142</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>143</v>
+      </c>
+      <c r="P16" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>145</v>
+      </c>
+      <c r="B17" t="s">
+        <v>146</v>
+      </c>
+      <c r="C17" t="s">
+        <v>102</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1981</v>
+      </c>
+      <c r="I17">
+        <v>1982</v>
+      </c>
+      <c r="J17" t="s">
+        <v>103</v>
+      </c>
+      <c r="K17" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17" t="s">
+        <v>147</v>
+      </c>
+      <c r="M17" t="s">
+        <v>105</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>148</v>
+      </c>
+      <c r="P17" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>150</v>
+      </c>
+      <c r="B18" t="s">
+        <v>151</v>
+      </c>
+      <c r="C18" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" t="s">
+        <v>94</v>
+      </c>
+      <c r="E18" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G18" t="s">
+        <v>152</v>
+      </c>
+      <c r="H18">
+        <v>1989</v>
+      </c>
+      <c r="I18">
+        <v>2009</v>
+      </c>
+      <c r="J18" t="s">
+        <v>153</v>
+      </c>
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18" t="s">
+        <v>54</v>
+      </c>
+      <c r="M18" t="s">
+        <v>55</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>154</v>
+      </c>
+      <c r="P18" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>156</v>
+      </c>
+      <c r="B19" t="s">
+        <v>157</v>
+      </c>
+      <c r="C19" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" t="s">
+        <v>94</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...43 lines deleted...]
-      <c r="L3" t="s">
+      <c r="H19">
+        <v>1989</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>153</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19" t="s">
+        <v>158</v>
+      </c>
+      <c r="M19" t="s">
+        <v>159</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>160</v>
+      </c>
+      <c r="P19" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>162</v>
+      </c>
+      <c r="B20" t="s">
+        <v>163</v>
+      </c>
+      <c r="C20" t="s">
+        <v>164</v>
+      </c>
+      <c r="D20" t="s">
+        <v>94</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>118</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2025</v>
+      </c>
+      <c r="J20" t="s">
+        <v>165</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20" t="s">
+        <v>166</v>
+      </c>
+      <c r="M20" t="s">
+        <v>167</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>168</v>
+      </c>
+      <c r="P20" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>170</v>
+      </c>
+      <c r="B21" t="s">
+        <v>171</v>
+      </c>
+      <c r="C21" t="s">
+        <v>102</v>
+      </c>
+      <c r="D21" t="s">
+        <v>70</v>
+      </c>
+      <c r="E21" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="F21" t="s">
+        <v>61</v>
+      </c>
+      <c r="G21" t="s">
+        <v>62</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>103</v>
+      </c>
+      <c r="K21" t="s">
+        <v>63</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>105</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>172</v>
+      </c>
+      <c r="P21" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>174</v>
+      </c>
+      <c r="B22" t="s">
+        <v>175</v>
+      </c>
+      <c r="C22" t="s">
+        <v>102</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>61</v>
+      </c>
+      <c r="G22" t="s">
+        <v>62</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>103</v>
+      </c>
+      <c r="K22" t="s">
+        <v>46</v>
+      </c>
+      <c r="L22" t="s">
+        <v>176</v>
+      </c>
+      <c r="M22" t="s">
+        <v>111</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>177</v>
+      </c>
+      <c r="P22" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>179</v>
+      </c>
+      <c r="B23" t="s">
+        <v>180</v>
+      </c>
+      <c r="C23" t="s">
+        <v>164</v>
+      </c>
+      <c r="D23" t="s">
+        <v>94</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>118</v>
+      </c>
+      <c r="G23" t="s">
+        <v>181</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>182</v>
+      </c>
+      <c r="K23" t="s">
+        <v>46</v>
+      </c>
+      <c r="L23" t="s">
+        <v>183</v>
+      </c>
+      <c r="M23" t="s">
+        <v>167</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>184</v>
+      </c>
+      <c r="P23" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>186</v>
+      </c>
+      <c r="B24" t="s">
+        <v>187</v>
+      </c>
+      <c r="C24" t="s">
+        <v>188</v>
+      </c>
+      <c r="D24" t="s">
+        <v>189</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
         <v>34</v>
       </c>
-    </row>
-[...61 lines deleted...]
-      <c r="G5">
+      <c r="G24" t="s">
+        <v>62</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>190</v>
+      </c>
+      <c r="K24" t="s">
+        <v>63</v>
+      </c>
+      <c r="L24" t="s">
+        <v>191</v>
+      </c>
+      <c r="M24" t="s">
+        <v>192</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>193</v>
+      </c>
+      <c r="P24" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>195</v>
+      </c>
+      <c r="B25" t="s">
+        <v>196</v>
+      </c>
+      <c r="C25" t="s">
+        <v>197</v>
+      </c>
+      <c r="D25" t="s">
+        <v>70</v>
+      </c>
+      <c r="E25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" t="s">
+        <v>61</v>
+      </c>
+      <c r="G25" t="s">
+        <v>62</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>198</v>
+      </c>
+      <c r="K25" t="s">
+        <v>63</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>199</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>200</v>
+      </c>
+      <c r="P25" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>202</v>
+      </c>
+      <c r="B26" t="s">
+        <v>203</v>
+      </c>
+      <c r="C26" t="s">
+        <v>86</v>
+      </c>
+      <c r="D26" t="s">
+        <v>204</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>118</v>
+      </c>
+      <c r="G26" t="s">
+        <v>62</v>
+      </c>
+      <c r="H26">
+        <v>2023</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>80</v>
+      </c>
+      <c r="K26" t="s">
+        <v>46</v>
+      </c>
+      <c r="L26" t="s">
+        <v>205</v>
+      </c>
+      <c r="M26" t="s">
+        <v>88</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>206</v>
+      </c>
+      <c r="P26" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>208</v>
+      </c>
+      <c r="B27" t="s">
+        <v>209</v>
+      </c>
+      <c r="C27" t="s">
+        <v>210</v>
+      </c>
+      <c r="D27" t="s">
+        <v>204</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>62</v>
+      </c>
+      <c r="H27">
+        <v>2022</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>211</v>
+      </c>
+      <c r="K27" t="s">
+        <v>46</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>212</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>213</v>
+      </c>
+      <c r="P27" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>215</v>
+      </c>
+      <c r="B28" t="s">
+        <v>216</v>
+      </c>
+      <c r="C28" t="s">
+        <v>188</v>
+      </c>
+      <c r="D28" t="s">
+        <v>70</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>217</v>
+      </c>
+      <c r="G28" t="s">
+        <v>62</v>
+      </c>
+      <c r="H28">
+        <v>2018</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>218</v>
+      </c>
+      <c r="K28" t="s">
+        <v>63</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>192</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>219</v>
+      </c>
+      <c r="P28" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>221</v>
+      </c>
+      <c r="B29" t="s">
+        <v>222</v>
+      </c>
+      <c r="C29" t="s">
+        <v>188</v>
+      </c>
+      <c r="D29" t="s">
+        <v>94</v>
+      </c>
+      <c r="E29" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" t="s">
+        <v>217</v>
+      </c>
+      <c r="G29" t="s">
+        <v>62</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>190</v>
+      </c>
+      <c r="K29" t="s">
+        <v>46</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>192</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>223</v>
+      </c>
+      <c r="P29" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>225</v>
+      </c>
+      <c r="B30" t="s">
+        <v>226</v>
+      </c>
+      <c r="C30" t="s">
+        <v>227</v>
+      </c>
+      <c r="D30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
+        <v>2017</v>
+      </c>
+      <c r="J30" t="s">
+        <v>228</v>
+      </c>
+      <c r="K30" t="s">
+        <v>46</v>
+      </c>
+      <c r="L30" t="s">
+        <v>229</v>
+      </c>
+      <c r="M30" t="s">
+        <v>230</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>231</v>
+      </c>
+      <c r="P30" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>233</v>
+      </c>
+      <c r="B31" t="s">
+        <v>234</v>
+      </c>
+      <c r="C31" t="s">
+        <v>235</v>
+      </c>
+      <c r="D31" t="s">
+        <v>44</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>118</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2014</v>
+      </c>
+      <c r="I31">
+        <v>2024</v>
+      </c>
+      <c r="J31" t="s">
+        <v>236</v>
+      </c>
+      <c r="K31" t="s">
+        <v>46</v>
+      </c>
+      <c r="L31" t="s">
+        <v>237</v>
+      </c>
+      <c r="M31" t="s">
+        <v>238</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>239</v>
+      </c>
+      <c r="P31" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>241</v>
+      </c>
+      <c r="B32" t="s">
+        <v>242</v>
+      </c>
+      <c r="C32" t="s">
+        <v>243</v>
+      </c>
+      <c r="D32" t="s">
+        <v>244</v>
+      </c>
+      <c r="E32" t="s">
+        <v>245</v>
+      </c>
+      <c r="F32" t="s">
+        <v>118</v>
+      </c>
+      <c r="G32" t="s">
+        <v>95</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>246</v>
+      </c>
+      <c r="K32" t="s">
+        <v>46</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32"/>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>247</v>
+      </c>
+      <c r="P32" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>249</v>
+      </c>
+      <c r="B33" t="s">
+        <v>250</v>
+      </c>
+      <c r="C33" t="s">
+        <v>227</v>
+      </c>
+      <c r="D33" t="s">
+        <v>94</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>61</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1997</v>
+      </c>
+      <c r="I33">
+        <v>2011</v>
+      </c>
+      <c r="J33" t="s">
+        <v>228</v>
+      </c>
+      <c r="K33" t="s">
+        <v>46</v>
+      </c>
+      <c r="L33" t="s">
+        <v>251</v>
+      </c>
+      <c r="M33" t="s">
+        <v>252</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>253</v>
+      </c>
+      <c r="P33" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>255</v>
+      </c>
+      <c r="B34" t="s">
+        <v>256</v>
+      </c>
+      <c r="C34" t="s">
+        <v>257</v>
+      </c>
+      <c r="D34" t="s">
+        <v>258</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2009</v>
       </c>
-      <c r="H5">
-[...2 lines deleted...]
-      <c r="I5" t="s">
+      <c r="I34">
+        <v>2013</v>
+      </c>
+      <c r="J34" t="s">
+        <v>45</v>
+      </c>
+      <c r="K34" t="s">
+        <v>46</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>259</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>260</v>
+      </c>
+      <c r="P34" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>262</v>
+      </c>
+      <c r="B35" t="s">
+        <v>263</v>
+      </c>
+      <c r="C35" t="s">
+        <v>264</v>
+      </c>
+      <c r="D35" t="s">
         <v>44</v>
       </c>
-      <c r="J5" t="s">
-[...5 lines deleted...]
-      <c r="L5" t="s">
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>118</v>
+      </c>
+      <c r="G35" t="s">
+        <v>62</v>
+      </c>
+      <c r="H35">
+        <v>2011</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>182</v>
+      </c>
+      <c r="K35" t="s">
         <v>46</v>
       </c>
-      <c r="M5" t="s">
-[...25 lines deleted...]
-      <c r="G6">
+      <c r="L35" t="s">
+        <v>265</v>
+      </c>
+      <c r="M35" t="s">
+        <v>266</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>267</v>
+      </c>
+      <c r="P35" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>269</v>
+      </c>
+      <c r="B36" t="s">
+        <v>270</v>
+      </c>
+      <c r="C36" t="s">
+        <v>77</v>
+      </c>
+      <c r="D36" t="s">
+        <v>94</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>118</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2007</v>
+      </c>
+      <c r="I36">
         <v>2020</v>
       </c>
-      <c r="H6"/>
-[...64 lines deleted...]
-      <c r="A8" t="s">
+      <c r="J36" t="s">
+        <v>80</v>
+      </c>
+      <c r="K36" t="s">
+        <v>46</v>
+      </c>
+      <c r="L36" t="s">
+        <v>271</v>
+      </c>
+      <c r="M36" t="s">
+        <v>81</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>272</v>
+      </c>
+      <c r="P36" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>274</v>
+      </c>
+      <c r="B37" t="s">
+        <v>275</v>
+      </c>
+      <c r="C37" t="s">
+        <v>188</v>
+      </c>
+      <c r="D37" t="s">
+        <v>70</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
         <v>61</v>
       </c>
-      <c r="B8" t="s">
+      <c r="G37" t="s">
         <v>62</v>
       </c>
-      <c r="C8" t="s">
+      <c r="H37">
+        <v>1997</v>
+      </c>
+      <c r="I37">
+        <v>2011</v>
+      </c>
+      <c r="J37" t="s">
+        <v>218</v>
+      </c>
+      <c r="K37" t="s">
         <v>63</v>
       </c>
-      <c r="D8" t="s">
-[...1108 lines deleted...]
-      <c r="K34" t="s">
+      <c r="L37" t="s">
+        <v>276</v>
+      </c>
+      <c r="M37" t="s">
+        <v>277</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>278</v>
+      </c>
+      <c r="P37" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>280</v>
+      </c>
+      <c r="B38" t="s">
+        <v>281</v>
+      </c>
+      <c r="C38" t="s">
         <v>188</v>
       </c>
-      <c r="L34" t="s">
-[...97 lines deleted...]
-      <c r="B37" t="s">
+      <c r="D38" t="s">
+        <v>282</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>61</v>
+      </c>
+      <c r="G38" t="s">
         <v>62</v>
-      </c>
-[...57 lines deleted...]
-        <v>1997</v>
       </c>
       <c r="H38">
         <v>2011</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>52</v>
+        <v>218</v>
       </c>
       <c r="K38" t="s">
-        <v>205</v>
+        <v>46</v>
       </c>
       <c r="L38" t="s">
-        <v>206</v>
+        <v>283</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>277</v>
       </c>
       <c r="N38" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>284</v>
+      </c>
+      <c r="P38" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>208</v>
+        <v>286</v>
       </c>
       <c r="B39" t="s">
-        <v>144</v>
+        <v>287</v>
       </c>
       <c r="C39" t="s">
-        <v>209</v>
+        <v>188</v>
       </c>
       <c r="D39" t="s">
-        <v>28</v>
+        <v>282</v>
       </c>
       <c r="E39" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="F39" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-        <v>166</v>
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2001</v>
+      </c>
+      <c r="I39">
+        <v>2019</v>
       </c>
       <c r="J39" t="s">
-        <v>39</v>
+        <v>96</v>
       </c>
       <c r="K39" t="s">
-        <v>210</v>
+        <v>46</v>
       </c>
       <c r="L39" t="s">
-        <v>206</v>
+        <v>288</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>289</v>
       </c>
       <c r="N39" t="s">
-        <v>211</v>
-[...43 lines deleted...]
-        <v>215</v>
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>290</v>
+      </c>
+      <c r="P39" t="s">
+        <v>291</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>