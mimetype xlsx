--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,332 +12,413 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
   </si>
   <si>
+    <t>Applied to secondary water supply equipment in civil bulidings</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>CQC3153-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-406331-2015-energy-conservation-certification-rules-secondary-water-supply-equipment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-06-19/512753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439137-2014. Mark Certification - Water-source (ground-source) heat pumps</t>
   </si>
   <si>
+    <t>Applies to ground source heat pumps</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -601,649 +682,730 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="249" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="249.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="521.301" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>46</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>46</v>
+      </c>
+      <c r="M7" t="s">
+        <v>52</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>65</v>
+      </c>
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F9" t="s">
+        <v>66</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>68</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>81</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>83</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>73</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...25 lines deleted...]
-      <c r="J3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>1986</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>97</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E13" t="s">
+        <v>65</v>
+      </c>
+      <c r="F13" t="s">
+        <v>66</v>
+      </c>
+      <c r="G13" t="s">
         <v>35</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K4" t="s">
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
         <v>39</v>
       </c>
-      <c r="L4"/>
-[...376 lines deleted...]
-        <v>80</v>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>