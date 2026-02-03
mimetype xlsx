--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="527">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="529">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -971,65 +971,65 @@
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
@@ -1112,50 +1112,53 @@
     <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
     <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
@@ -1470,50 +1473,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
   </si>
   <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
   </si>
   <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -1999,51 +2005,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4663,1378 +4669,1378 @@
       </c>
       <c r="P55" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>358</v>
       </c>
       <c r="B56" t="s">
         <v>359</v>
       </c>
       <c r="C56" t="s">
         <v>148</v>
       </c>
       <c r="D56" t="s">
         <v>149</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>22</v>
+        <v>360</v>
       </c>
       <c r="H56">
         <v>1997</v>
       </c>
       <c r="I56">
         <v>2005</v>
       </c>
       <c r="J56" t="s">
         <v>150</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="P56" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B57" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C57" t="s">
         <v>148</v>
       </c>
       <c r="D57" t="s">
         <v>149</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H57">
         <v>2004</v>
       </c>
       <c r="I57">
         <v>2025</v>
       </c>
       <c r="J57" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="M57" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="N57" t="s">
         <v>35</v>
       </c>
       <c r="O57" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="P57" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B58" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C58" t="s">
         <v>148</v>
       </c>
       <c r="D58" t="s">
         <v>33</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>8</v>
       </c>
       <c r="H58">
         <v>2016</v>
       </c>
       <c r="I58">
         <v>2025</v>
       </c>
       <c r="J58" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="M58" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="N58" t="s">
         <v>35</v>
       </c>
       <c r="O58" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="P58" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B59" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C59" t="s">
         <v>148</v>
       </c>
       <c r="D59" t="s">
         <v>149</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>43</v>
       </c>
       <c r="H59">
         <v>2021</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>150</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="P59" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B60" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C60" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D60" t="s">
         <v>33</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>43</v>
       </c>
       <c r="H60">
         <v>2010</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>249</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N60" t="s">
         <v>35</v>
       </c>
       <c r="O60" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="P60" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B61" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C61" t="s">
         <v>156</v>
       </c>
       <c r="D61" t="s">
         <v>157</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>134</v>
       </c>
       <c r="G61" t="s">
         <v>43</v>
       </c>
       <c r="H61">
         <v>2014</v>
       </c>
       <c r="I61">
         <v>2024</v>
       </c>
       <c r="J61" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="M61" t="s">
         <v>159</v>
       </c>
       <c r="N61" t="s">
         <v>35</v>
       </c>
       <c r="O61" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="P61" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B62" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C62" t="s">
         <v>262</v>
       </c>
       <c r="D62" t="s">
         <v>33</v>
       </c>
       <c r="E62" t="s">
         <v>99</v>
       </c>
       <c r="F62" t="s">
         <v>100</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>1995</v>
       </c>
       <c r="I62">
         <v>2019</v>
       </c>
       <c r="J62" t="s">
         <v>263</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="M62" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="N62" t="s">
         <v>35</v>
       </c>
       <c r="O62" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="P62" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B63" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C63" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D63" t="s">
         <v>157</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>42</v>
       </c>
       <c r="G63" t="s">
         <v>43</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>263</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="M63" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="N63" t="s">
         <v>35</v>
       </c>
       <c r="O63" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="P63" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B64" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C64" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D64" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>134</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2017</v>
       </c>
       <c r="I64">
         <v>2021</v>
       </c>
       <c r="J64" t="s">
         <v>158</v>
       </c>
       <c r="K64" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="L64" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="M64" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="P64" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B65" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C65" t="s">
         <v>305</v>
       </c>
       <c r="D65" t="s">
         <v>33</v>
       </c>
       <c r="E65" t="s">
         <v>99</v>
       </c>
       <c r="F65" t="s">
         <v>42</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2012</v>
       </c>
       <c r="I65">
         <v>2015</v>
       </c>
       <c r="J65" t="s">
         <v>306</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
         <v>329</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="P65" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B66" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C66" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D66" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E66" t="s">
         <v>99</v>
       </c>
       <c r="F66" t="s">
         <v>42</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2015</v>
       </c>
       <c r="I66">
         <v>2018</v>
       </c>
       <c r="J66" t="s">
         <v>271</v>
       </c>
       <c r="K66" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="N66" t="s">
         <v>35</v>
       </c>
       <c r="O66" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="P66" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B67" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C67" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D67" t="s">
         <v>33</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>134</v>
       </c>
       <c r="G67" t="s">
         <v>43</v>
       </c>
       <c r="H67">
         <v>2019</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="N67" t="s">
         <v>35</v>
       </c>
       <c r="O67" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="P67" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B68" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C68" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D68" t="s">
         <v>33</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>43</v>
       </c>
       <c r="H68">
         <v>2016</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>254</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="M68" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="N68" t="s">
         <v>35</v>
       </c>
       <c r="O68" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="P68" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B69" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C69" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D69" t="s">
         <v>33</v>
       </c>
       <c r="E69" t="s">
         <v>99</v>
       </c>
       <c r="F69" t="s">
         <v>134</v>
       </c>
       <c r="G69" t="s">
         <v>43</v>
       </c>
       <c r="H69">
         <v>2010</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>136</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M69" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="N69" t="s">
         <v>35</v>
       </c>
       <c r="O69" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="P69" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C70" t="s">
         <v>148</v>
       </c>
       <c r="D70" t="s">
         <v>33</v>
       </c>
       <c r="E70" t="s">
         <v>99</v>
       </c>
       <c r="F70" t="s">
         <v>100</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>1994</v>
       </c>
       <c r="I70">
         <v>2012</v>
       </c>
       <c r="J70" t="s">
         <v>263</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="M70" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="P70" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B71" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C71" t="s">
         <v>148</v>
       </c>
       <c r="D71" t="s">
         <v>149</v>
       </c>
       <c r="E71" t="s">
         <v>99</v>
       </c>
       <c r="F71" t="s">
         <v>100</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>1999</v>
       </c>
       <c r="I71">
         <v>2012</v>
       </c>
       <c r="J71" t="s">
         <v>263</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="M71" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N71" t="s">
         <v>35</v>
       </c>
       <c r="O71" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="P71" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B72" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C72" t="s">
         <v>148</v>
       </c>
       <c r="D72" t="s">
         <v>33</v>
       </c>
       <c r="E72" t="s">
         <v>99</v>
       </c>
       <c r="F72" t="s">
         <v>100</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>1994</v>
       </c>
       <c r="I72">
         <v>2012</v>
       </c>
       <c r="J72" t="s">
         <v>254</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="M72" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="N72" t="s">
         <v>35</v>
       </c>
       <c r="O72" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="P72" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B73" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C73" t="s">
         <v>148</v>
       </c>
       <c r="D73" t="s">
         <v>33</v>
       </c>
       <c r="E73" t="s">
         <v>99</v>
       </c>
       <c r="F73" t="s">
         <v>100</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2009</v>
       </c>
       <c r="I73">
         <v>2012</v>
       </c>
       <c r="J73" t="s">
         <v>263</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="M73" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N73" t="s">
         <v>35</v>
       </c>
       <c r="O73" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="P73" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B74" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C74" t="s">
         <v>148</v>
       </c>
       <c r="D74" t="s">
         <v>149</v>
       </c>
       <c r="E74" t="s">
         <v>99</v>
       </c>
       <c r="F74" t="s">
         <v>100</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2010</v>
       </c>
       <c r="I74">
         <v>2012</v>
       </c>
       <c r="J74" t="s">
         <v>263</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="M74" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N74" t="s">
         <v>35</v>
       </c>
       <c r="O74" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="P74" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B75" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C75" t="s">
         <v>148</v>
       </c>
       <c r="D75" t="s">
         <v>33</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
-        <v>22</v>
+        <v>476</v>
       </c>
       <c r="H75">
         <v>2010</v>
       </c>
       <c r="I75">
         <v>2016</v>
       </c>
       <c r="J75" t="s">
         <v>150</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="M75" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="P75" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B76" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C76" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D76" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>43</v>
       </c>
       <c r="H76">
         <v>2016</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>136</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="N76" t="s">
         <v>35</v>
       </c>
       <c r="O76" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="P76" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B77" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C77" t="s">
         <v>123</v>
       </c>
       <c r="D77" t="s">
         <v>33</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2005</v>
       </c>
       <c r="I77">
         <v>2015</v>
       </c>
       <c r="J77" t="s">
         <v>126</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="M77" t="s">
         <v>127</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="P77" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B78" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C78" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D78" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>42</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2009</v>
       </c>
       <c r="I78">
         <v>2016</v>
       </c>
       <c r="J78" t="s">
         <v>23</v>
       </c>
       <c r="K78" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="N78" t="s">
         <v>35</v>
       </c>
       <c r="O78" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="P78" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B79" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C79" t="s">
         <v>227</v>
       </c>
       <c r="D79" t="s">
         <v>33</v>
       </c>
       <c r="E79" t="s">
         <v>99</v>
       </c>
       <c r="F79" t="s">
         <v>100</v>
       </c>
       <c r="G79" t="s">
         <v>43</v>
       </c>
       <c r="H79">
         <v>1998</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="M79" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="P79" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B80" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C80" t="s">
         <v>74</v>
       </c>
       <c r="D80" t="s">
         <v>58</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>43</v>
       </c>
       <c r="H80">
         <v>2021</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>75</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="P80" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B81" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="C81" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="D81" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>134</v>
       </c>
       <c r="G81" t="s">
         <v>43</v>
       </c>
       <c r="H81">
         <v>2016</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="P81" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B82" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C82" t="s">
         <v>227</v>
       </c>
       <c r="D82" t="s">
         <v>236</v>
       </c>
       <c r="E82" t="s">
         <v>99</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>43</v>
       </c>
       <c r="H82">
         <v>2007</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
         <v>229</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="N82" t="s">
         <v>35</v>
       </c>
       <c r="O82" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="P82" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B83" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C83" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="D83" t="s">
         <v>33</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>43</v>
       </c>
       <c r="H83">
         <v>2011</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
         <v>44</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="P83" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">