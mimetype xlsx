--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -280,69 +280,69 @@
   <si>
     <t>Ventilation fans</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
     <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -1188,51 +1188,51 @@
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>88</v>
       </c>
       <c r="B11" t="s">
         <v>89</v>
       </c>
       <c r="C11" t="s">
         <v>90</v>
       </c>
       <c r="D11" t="s">
         <v>91</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>92</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>93</v>
       </c>
       <c r="N11" t="s">
         <v>39</v>
       </c>
       <c r="O11" t="s">
         <v>94</v>
       </c>
       <c r="P11" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>96</v>