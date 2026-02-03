--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,275 +12,318 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS 5102.1-2009, AS 5102.2-2009</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Pool Pumps Version 3.1</t>
   </si>
   <si>
+    <t>Products, with the exception of products listed in Section 2.2 Excluded Products, that are single phase with a Rated Hydraulic Horsepower (hhp) of &gt;0 and</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
+  </si>
+  <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -544,411 +587,456 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="172" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="529.585" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="195.667" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...30 lines deleted...]
-        <v>32</v>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...30 lines deleted...]
-      <c r="N4" t="s">
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
         <v>42</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F7" t="s">
         <v>44</v>
       </c>
-      <c r="C5" t="s">
-[...97 lines deleted...]
-      <c r="G7">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2009</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>2020</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="K7" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
-        <v>61</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>