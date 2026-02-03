--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -245,69 +245,69 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
     <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
     <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -1067,51 +1067,51 @@
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>77</v>
       </c>
       <c r="B9" t="s">
         <v>78</v>
       </c>
       <c r="C9" t="s">
         <v>79</v>
       </c>
       <c r="D9" t="s">
         <v>80</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
       <c r="H9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>81</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>82</v>
       </c>
       <c r="N9" t="s">
         <v>57</v>
       </c>
       <c r="O9" t="s">
         <v>83</v>
       </c>
       <c r="P9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>85</v>