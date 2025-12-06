--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,287 +12,339 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -556,495 +608,552 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="438.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2010</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2010</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...9 lines deleted...]
-      <c r="D3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
-[...15 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
-      </c>
-[...116 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
-        <v>43</v>
+      <c r="I6">
+        <v>2012</v>
       </c>
       <c r="J6" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-        <v>45</v>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>64</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...12 lines deleted...]
-      <c r="E7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
+        <v>71</v>
+      </c>
+      <c r="G8" t="s">
         <v>34</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7">
+      <c r="H8">
         <v>2015</v>
       </c>
-      <c r="I7" t="s">
-[...15 lines deleted...]
-        <v>53</v>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>73</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>64</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...41 lines deleted...]
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="B9" t="s">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="E9" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2008</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2019</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
         <v>64</v>
       </c>
-      <c r="L9" t="s">
-[...6 lines deleted...]
-        <v>65</v>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>