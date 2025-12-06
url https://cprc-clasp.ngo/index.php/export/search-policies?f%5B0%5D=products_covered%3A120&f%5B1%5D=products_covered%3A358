--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,254 +12,294 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -523,407 +563,452 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2010</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2010</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...9 lines deleted...]
-      <c r="D3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
-[...15 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
-      </c>
-[...116 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
-        <v>43</v>
+      <c r="I6">
+        <v>2012</v>
       </c>
       <c r="J6" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N6" t="s">
-        <v>45</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="D7" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="E7" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
         <v>2014</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="L7" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="M7" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="N7" t="s">
-        <v>54</v>
+        <v>65</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>