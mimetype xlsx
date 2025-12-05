--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -12,491 +12,612 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -760,995 +881,1122 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
-      </c>
-[...118 lines deleted...]
-        <v>2024</v>
       </c>
       <c r="H5">
         <v>2024</v>
       </c>
-      <c r="I5" t="s">
-        <v>45</v>
+      <c r="I5">
+        <v>2024</v>
       </c>
       <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-      <c r="L5" t="s">
+      <c r="G6" t="s">
+        <v>60</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>71</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
+        <v>60</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>71</v>
+      </c>
+      <c r="F9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
         <v>46</v>
       </c>
-      <c r="M5" t="s">
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-        <v>47</v>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...6 lines deleted...]
-      <c r="C6" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
         <v>43</v>
       </c>
-      <c r="D6" t="s">
-[...8 lines deleted...]
-      <c r="G6">
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>101</v>
+      </c>
+      <c r="H12">
+        <v>2025</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>102</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
+        <v>104</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" t="s">
+        <v>52</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>110</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>112</v>
+      </c>
+      <c r="M13" t="s">
+        <v>113</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>70</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>110</v>
+      </c>
+      <c r="G14" t="s">
+        <v>60</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D15" t="s">
+        <v>52</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>60</v>
+      </c>
+      <c r="H15">
+        <v>2022</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>123</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>124</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16" t="s">
+        <v>80</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>60</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>134</v>
+      </c>
+      <c r="E17" t="s">
+        <v>71</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>60</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>81</v>
+      </c>
+      <c r="K17" t="s">
+        <v>135</v>
+      </c>
+      <c r="L17" t="s">
+        <v>136</v>
+      </c>
+      <c r="M17" t="s">
+        <v>137</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D18" t="s">
+        <v>70</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>110</v>
+      </c>
+      <c r="G18" t="s">
+        <v>60</v>
+      </c>
+      <c r="H18">
+        <v>2020</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>143</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>144</v>
+      </c>
+      <c r="M18" t="s">
+        <v>145</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C19" t="s">
+        <v>150</v>
+      </c>
+      <c r="D19" t="s">
+        <v>151</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>110</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>152</v>
+      </c>
+      <c r="K19" t="s">
+        <v>153</v>
+      </c>
+      <c r="L19" t="s">
+        <v>154</v>
+      </c>
+      <c r="M19" t="s">
+        <v>155</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>156</v>
+      </c>
+      <c r="P19" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>158</v>
+      </c>
+      <c r="B20" t="s">
+        <v>159</v>
+      </c>
+      <c r="C20" t="s">
+        <v>142</v>
+      </c>
+      <c r="D20" t="s">
+        <v>43</v>
+      </c>
+      <c r="E20" t="s">
+        <v>71</v>
+      </c>
+      <c r="F20" t="s">
+        <v>72</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>160</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>161</v>
+      </c>
+      <c r="M20" t="s">
+        <v>162</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>163</v>
+      </c>
+      <c r="P20" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>142</v>
+      </c>
+      <c r="D21" t="s">
+        <v>167</v>
+      </c>
+      <c r="E21" t="s">
+        <v>71</v>
+      </c>
+      <c r="F21" t="s">
+        <v>72</v>
+      </c>
+      <c r="G21" t="s">
+        <v>60</v>
+      </c>
+      <c r="H21">
         <v>2011</v>
       </c>
-      <c r="H6"/>
-[...8 lines deleted...]
-      <c r="M6" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>160</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...624 lines deleted...]
-      </c>
       <c r="L21" t="s">
-        <v>126</v>
+        <v>168</v>
       </c>
       <c r="M21" t="s">
-        <v>33</v>
+        <v>162</v>
       </c>
       <c r="N21" t="s">
-        <v>131</v>
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>169</v>
+      </c>
+      <c r="P21" t="s">
+        <v>170</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>