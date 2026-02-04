--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -318,53 +318,50 @@
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
@@ -1447,520 +1444,520 @@
       </c>
       <c r="L11" t="s">
         <v>94</v>
       </c>
       <c r="M11" t="s">
         <v>95</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
         <v>96</v>
       </c>
       <c r="P11" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>98</v>
       </c>
       <c r="B12" t="s">
         <v>99</v>
       </c>
       <c r="C12" t="s">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>43</v>
       </c>
       <c r="E12" t="s">
         <v>71</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H12">
         <v>2025</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
         <v>107</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D13" t="s">
         <v>52</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2008</v>
       </c>
       <c r="I13">
         <v>2010</v>
       </c>
       <c r="J13" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
         <v>116</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D14" t="s">
         <v>70</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G14" t="s">
         <v>60</v>
       </c>
       <c r="H14">
         <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="M14" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="P14" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
         <v>120</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D15" t="s">
         <v>52</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>60</v>
       </c>
       <c r="H15">
         <v>2022</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B16"/>
       <c r="C16" t="s">
         <v>80</v>
       </c>
       <c r="D16" t="s">
         <v>43</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>60</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>35</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="N16" t="s">
         <v>38</v>
       </c>
       <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
         <v>131</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>132</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E17" t="s">
         <v>71</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>60</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>81</v>
       </c>
       <c r="K17" t="s">
+        <v>134</v>
+      </c>
+      <c r="L17" t="s">
         <v>135</v>
       </c>
-      <c r="L17" t="s">
+      <c r="M17" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="N17" t="s">
         <v>38</v>
       </c>
       <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
         <v>140</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D18" t="s">
         <v>70</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G18" t="s">
         <v>60</v>
       </c>
       <c r="H18">
         <v>2020</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
+        <v>143</v>
+      </c>
+      <c r="M18" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="N18" t="s">
         <v>38</v>
       </c>
       <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
         <v>148</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>149</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2017</v>
       </c>
       <c r="I19">
         <v>2021</v>
       </c>
       <c r="J19" t="s">
+        <v>151</v>
+      </c>
+      <c r="K19" t="s">
         <v>152</v>
       </c>
-      <c r="K19" t="s">
+      <c r="L19" t="s">
         <v>153</v>
       </c>
-      <c r="L19" t="s">
+      <c r="M19" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" t="s">
         <v>158</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D20" t="s">
         <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>71</v>
       </c>
       <c r="F20" t="s">
         <v>72</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2008</v>
       </c>
       <c r="I20">
         <v>2012</v>
       </c>
       <c r="J20" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
+        <v>160</v>
+      </c>
+      <c r="M20" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>162</v>
+      </c>
+      <c r="P20" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>164</v>
+      </c>
+      <c r="B21" t="s">
         <v>165</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>141</v>
+      </c>
+      <c r="D21" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E21" t="s">
         <v>71</v>
       </c>
       <c r="F21" t="s">
         <v>72</v>
       </c>
       <c r="G21" t="s">
         <v>60</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="M21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="N21" t="s">
         <v>38</v>
       </c>
       <c r="O21" t="s">
+        <v>168</v>
+      </c>
+      <c r="P21" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">