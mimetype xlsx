--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,504 +12,633 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -773,1039 +902,1174 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
         <v>2020</v>
       </c>
-      <c r="H3">
-[...14 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...7 lines deleted...]
-      <c r="B4" t="s">
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...34 lines deleted...]
-    <row r="5" spans="1:14">
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>2024</v>
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2024</v>
       </c>
-      <c r="I5" t="s">
-        <v>45</v>
+      <c r="I5">
+        <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="N5" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>55</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
         <v>42</v>
       </c>
-      <c r="D6" t="s">
-[...8 lines deleted...]
-      <c r="G6">
+      <c r="H6">
         <v>2011</v>
       </c>
-      <c r="H6"/>
-      <c r="I6" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>55</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
         <v>51</v>
       </c>
-      <c r="J6" t="s">
-[...7 lines deleted...]
-      <c r="N6" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>52</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C7" t="s">
+      <c r="G7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
-[...8 lines deleted...]
-      <c r="G7">
+      <c r="H7">
         <v>2011</v>
       </c>
-      <c r="H7"/>
-      <c r="I7" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>54</v>
-      </c>
-[...8 lines deleted...]
-        <v>47</v>
       </c>
       <c r="N7" t="s">
         <v>55</v>
       </c>
-    </row>
-    <row r="8" spans="1:14">
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>41</v>
+      </c>
+      <c r="E8" t="s">
+        <v>70</v>
+      </c>
+      <c r="F8" t="s">
+        <v>71</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>43</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C8" t="s">
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F9" t="s">
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" t="s">
+        <v>71</v>
+      </c>
+      <c r="G10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>43</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>73</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>91</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>41</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>71</v>
+      </c>
+      <c r="G12" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D13" t="s">
+        <v>51</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>71</v>
+      </c>
+      <c r="G13" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>55</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>98</v>
+      </c>
+      <c r="D14" t="s">
+        <v>41</v>
+      </c>
+      <c r="E14" t="s">
+        <v>70</v>
+      </c>
+      <c r="F14" t="s">
+        <v>71</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>99</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>107</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" t="s">
+        <v>118</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>119</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
         <v>34</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="G8">
+      <c r="K15" t="s">
+        <v>120</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>52</v>
+      </c>
+      <c r="G16" t="s">
+        <v>42</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
+        <v>127</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>132</v>
+      </c>
+      <c r="D17" t="s">
+        <v>133</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>119</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>134</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
+      <c r="M17" t="s">
+        <v>136</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>132</v>
+      </c>
+      <c r="D18" t="s">
+        <v>141</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>52</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>134</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>142</v>
+      </c>
+      <c r="M18" t="s">
+        <v>136</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>147</v>
+      </c>
+      <c r="D19" t="s">
+        <v>51</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>119</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2010</v>
+      </c>
+      <c r="J19" t="s">
+        <v>148</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>149</v>
+      </c>
+      <c r="M19" t="s">
+        <v>150</v>
+      </c>
+      <c r="N19" t="s">
+        <v>55</v>
+      </c>
+      <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>153</v>
+      </c>
+      <c r="B20" t="s">
+        <v>154</v>
+      </c>
+      <c r="C20" t="s">
+        <v>155</v>
+      </c>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>52</v>
+      </c>
+      <c r="G20" t="s">
+        <v>42</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>156</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>157</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D21" t="s">
+        <v>163</v>
+      </c>
+      <c r="E21" t="s">
+        <v>70</v>
+      </c>
+      <c r="F21" t="s">
+        <v>119</v>
+      </c>
+      <c r="G21" t="s">
+        <v>42</v>
+      </c>
+      <c r="H21">
         <v>2014</v>
       </c>
-      <c r="H8"/>
-[...12 lines deleted...]
-      <c r="M8" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>164</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...7 lines deleted...]
-      <c r="B9" t="s">
+      <c r="L21" t="s">
+        <v>165</v>
+      </c>
+      <c r="M21" t="s">
+        <v>166</v>
+      </c>
+      <c r="N21" t="s">
         <v>27</v>
       </c>
-      <c r="C9" t="s">
-[...307 lines deleted...]
-      <c r="G16">
+      <c r="O21" t="s">
+        <v>167</v>
+      </c>
+      <c r="P21" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" t="s">
+        <v>170</v>
+      </c>
+      <c r="C22" t="s">
+        <v>171</v>
+      </c>
+      <c r="D22" t="s">
+        <v>172</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>119</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22">
         <v>2021</v>
       </c>
-      <c r="H16"/>
-[...260 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>133</v>
+        <v>173</v>
       </c>
       <c r="K22" t="s">
-        <v>134</v>
+        <v>174</v>
       </c>
       <c r="L22" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="M22" t="s">
-        <v>47</v>
+        <v>176</v>
       </c>
       <c r="N22" t="s">
-        <v>136</v>
+        <v>55</v>
+      </c>
+      <c r="O22" t="s">
+        <v>177</v>
+      </c>
+      <c r="P22" t="s">
+        <v>178</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>