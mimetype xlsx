--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -302,69 +302,69 @@
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
     <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
@@ -1242,51 +1242,51 @@
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>94</v>
       </c>
       <c r="B11" t="s">
         <v>95</v>
       </c>
       <c r="C11" t="s">
         <v>96</v>
       </c>
       <c r="D11" t="s">
         <v>97</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
         <v>52</v>
       </c>
       <c r="H11">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>98</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>99</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
         <v>100</v>
       </c>
       <c r="P11" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>102</v>