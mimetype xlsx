--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,144 +80,147 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
+  </si>
+  <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
+    <t>United States of America*</t>
+  </si>
+  <si>
+    <t>Doors, Windows, Envelopes</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Aerated Concrete</t>
+  </si>
+  <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Building Materials, Envelopes</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...91 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
     <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
   </si>
   <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
     <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
@@ -828,176 +831,176 @@
       </c>
       <c r="P4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>52</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>53</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H5">
         <v>2022</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>45</v>
       </c>
       <c r="L5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>53</v>
       </c>
       <c r="G6" t="s">
         <v>35</v>
       </c>
       <c r="H6">
         <v>2002</v>
       </c>
       <c r="I6">
         <v>2010</v>
       </c>
       <c r="J6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
         <v>45</v>
       </c>
       <c r="L6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7">
         <v>2014</v>
       </c>
       <c r="J7" t="s">
         <v>36</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">