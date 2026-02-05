--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -116,51 +116,51 @@
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14009</t>
   </si>
   <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
     <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
   </si>