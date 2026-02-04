--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -116,111 +116,114 @@
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>BDS 1761:2013 (1st revision)</t>
+  </si>
+  <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>BDS 1724:2003</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
+  </si>
+  <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...58 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
   <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
     <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
   </si>
   <si>
     <t>China</t>
   </si>
@@ -456,53 +459,50 @@
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
     <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
   </si>
   <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
     <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
     <t>This standards revised minimum energy performance standards and rating for
 ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
 electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
 independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
 and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
@@ -1854,878 +1854,878 @@
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>54</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H5">
         <v>2016</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K5" t="s">
         <v>36</v>
       </c>
       <c r="L5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D6" t="s">
         <v>44</v>
       </c>
       <c r="E6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2010</v>
       </c>
       <c r="I6">
         <v>2010</v>
       </c>
       <c r="J6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K6" t="s">
         <v>36</v>
       </c>
       <c r="L6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D7" t="s">
         <v>44</v>
       </c>
       <c r="E7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
       <c r="I7">
         <v>2010</v>
       </c>
       <c r="J7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K7" t="s">
         <v>36</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2000</v>
       </c>
       <c r="I8">
         <v>2014</v>
       </c>
       <c r="J8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K8" t="s">
         <v>36</v>
       </c>
       <c r="L8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2011</v>
       </c>
       <c r="I9">
         <v>2023</v>
       </c>
       <c r="J9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K9" t="s">
         <v>36</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D10" t="s">
         <v>53</v>
       </c>
       <c r="E10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F10" t="s">
         <v>54</v>
       </c>
       <c r="G10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>54</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D12" t="s">
         <v>44</v>
       </c>
       <c r="E12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>1993</v>
       </c>
       <c r="I12">
         <v>2013</v>
       </c>
       <c r="J12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K12" t="s">
         <v>36</v>
       </c>
       <c r="L12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F13" t="s">
         <v>54</v>
       </c>
       <c r="G13" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H13">
         <v>2017</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K13" t="s">
         <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P13" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>54</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14">
         <v>2019</v>
       </c>
       <c r="J14" t="s">
         <v>35</v>
       </c>
       <c r="K14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P14" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
       <c r="I15">
         <v>2015</v>
       </c>
       <c r="J15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K15" t="s">
         <v>36</v>
       </c>
       <c r="L15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H16">
         <v>2009</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K16" t="s">
         <v>36</v>
       </c>
       <c r="L16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P16" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C17" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>144</v>
+        <v>34</v>
       </c>
       <c r="H17">
         <v>2000</v>
       </c>
       <c r="I17">
         <v>2012</v>
       </c>
       <c r="J17" t="s">
         <v>145</v>
       </c>
       <c r="K17" t="s">
         <v>36</v>
       </c>
       <c r="L17" t="s">
         <v>146</v>
       </c>
       <c r="M17" t="s">
         <v>147</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>148</v>
       </c>
       <c r="P17" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>150</v>
       </c>
       <c r="B18" t="s">
         <v>151</v>
       </c>
       <c r="C18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D18" t="s">
         <v>152</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1999</v>
       </c>
       <c r="I18">
         <v>2022</v>
       </c>
       <c r="J18" t="s">
         <v>145</v>
       </c>
       <c r="K18" t="s">
         <v>36</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>153</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>154</v>
       </c>
       <c r="P18" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>156</v>
       </c>
       <c r="B19" t="s">
         <v>157</v>
       </c>
       <c r="C19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>144</v>
+        <v>34</v>
       </c>
       <c r="H19">
         <v>2005</v>
       </c>
       <c r="I19">
         <v>2004</v>
       </c>
       <c r="J19" t="s">
         <v>145</v>
       </c>
       <c r="K19" t="s">
         <v>36</v>
       </c>
       <c r="L19" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M19" t="s">
         <v>147</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>158</v>
       </c>
       <c r="P19" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>160</v>
       </c>
       <c r="B20" t="s">
         <v>161</v>
       </c>
       <c r="C20" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D20" t="s">
         <v>44</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>144</v>
+        <v>34</v>
       </c>
       <c r="H20">
         <v>2005</v>
       </c>
       <c r="I20">
         <v>2015</v>
       </c>
       <c r="J20" t="s">
         <v>145</v>
       </c>
       <c r="K20" t="s">
         <v>36</v>
       </c>
       <c r="L20" t="s">
         <v>162</v>
       </c>
       <c r="M20" t="s">
         <v>147</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>163</v>
       </c>
       <c r="P20" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>165</v>
       </c>
       <c r="B21" t="s">
         <v>166</v>
       </c>
       <c r="C21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D21" t="s">
         <v>44</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>144</v>
+        <v>34</v>
       </c>
       <c r="H21">
         <v>2000</v>
       </c>
       <c r="I21">
         <v>2012</v>
       </c>
       <c r="J21" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K21" t="s">
         <v>36</v>
       </c>
       <c r="L21" t="s">
         <v>167</v>
       </c>
       <c r="M21" t="s">
         <v>147</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>168</v>
       </c>
       <c r="P21" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>170</v>
       </c>
       <c r="B22" t="s">
         <v>171</v>
       </c>
       <c r="C22" t="s">
         <v>172</v>
       </c>
       <c r="D22" t="s">
         <v>44</v>
       </c>
       <c r="E22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2003</v>
       </c>
       <c r="I22">
         <v>2012</v>
       </c>
       <c r="J22" t="s">
         <v>45</v>
       </c>
       <c r="K22" t="s">
         <v>36</v>
       </c>
       <c r="L22" t="s">
         <v>173</v>
       </c>
       <c r="M22" t="s">
         <v>174</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
@@ -2778,54 +2778,54 @@
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>183</v>
       </c>
       <c r="P23" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>185</v>
       </c>
       <c r="B24" t="s">
         <v>186</v>
       </c>
       <c r="C24" t="s">
         <v>187</v>
       </c>
       <c r="D24" t="s">
         <v>44</v>
       </c>
       <c r="E24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>1996</v>
       </c>
       <c r="I24">
         <v>2012</v>
       </c>
       <c r="J24" t="s">
         <v>188</v>
       </c>
       <c r="K24" t="s">
         <v>36</v>
       </c>
       <c r="L24" t="s">
         <v>189</v>
       </c>
       <c r="M24" t="s">
         <v>190</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
@@ -2834,51 +2834,51 @@
       </c>
       <c r="P24" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>193</v>
       </c>
       <c r="B25" t="s">
         <v>194</v>
       </c>
       <c r="C25" t="s">
         <v>195</v>
       </c>
       <c r="D25" t="s">
         <v>44</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>54</v>
       </c>
       <c r="G25" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H25">
         <v>2009</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>188</v>
       </c>
       <c r="K25" t="s">
         <v>36</v>
       </c>
       <c r="L25" t="s">
         <v>196</v>
       </c>
       <c r="M25" t="s">
         <v>197</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>198</v>
       </c>
       <c r="P25" t="s">
         <v>199</v>
@@ -2891,51 +2891,51 @@
       <c r="B26" t="s">
         <v>201</v>
       </c>
       <c r="C26" t="s">
         <v>202</v>
       </c>
       <c r="D26" t="s">
         <v>33</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26">
         <v>2014</v>
       </c>
       <c r="J26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
       <c r="L26" t="s">
         <v>203</v>
       </c>
       <c r="M26" t="s">
         <v>204</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>205</v>
       </c>
       <c r="P26" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>207</v>
       </c>
       <c r="B27" t="s">
@@ -3032,58 +3032,58 @@
       </c>
       <c r="P28" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>219</v>
       </c>
       <c r="B29" t="s">
         <v>220</v>
       </c>
       <c r="C29" t="s">
         <v>221</v>
       </c>
       <c r="D29" t="s">
         <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H29">
         <v>2002</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K29" t="s">
         <v>36</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>222</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>223</v>
       </c>
       <c r="P29" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>225</v>
       </c>
       <c r="B30" t="s">
         <v>226</v>
       </c>
@@ -3114,432 +3114,432 @@
       <c r="K30" t="s">
         <v>36</v>
       </c>
       <c r="L30" t="s">
         <v>227</v>
       </c>
       <c r="M30" t="s">
         <v>190</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>228</v>
       </c>
       <c r="P30" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>229</v>
       </c>
       <c r="B31"/>
       <c r="C31" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D31" t="s">
         <v>44</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H31">
         <v>2009</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>35</v>
       </c>
       <c r="K31" t="s">
         <v>36</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>230</v>
       </c>
       <c r="P31" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>232</v>
       </c>
       <c r="B32"/>
       <c r="C32" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D32" t="s">
         <v>233</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H32">
         <v>2010</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>35</v>
       </c>
       <c r="K32" t="s">
         <v>36</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>234</v>
       </c>
       <c r="P32" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>235</v>
       </c>
       <c r="B33" t="s">
         <v>236</v>
       </c>
       <c r="C33" t="s">
         <v>172</v>
       </c>
       <c r="D33" t="s">
         <v>237</v>
       </c>
       <c r="E33" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F33" t="s">
         <v>238</v>
       </c>
       <c r="G33" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H33">
         <v>2015</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>239</v>
       </c>
       <c r="K33" t="s">
         <v>36</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>240</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>241</v>
       </c>
       <c r="P33" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>243</v>
       </c>
       <c r="B34" t="s">
         <v>244</v>
       </c>
       <c r="C34" t="s">
         <v>172</v>
       </c>
       <c r="D34" t="s">
         <v>237</v>
       </c>
       <c r="E34" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F34" t="s">
         <v>238</v>
       </c>
       <c r="G34" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H34">
         <v>2015</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>239</v>
       </c>
       <c r="K34" t="s">
         <v>36</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>245</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>246</v>
       </c>
       <c r="P34" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>248</v>
       </c>
       <c r="B35" t="s">
         <v>249</v>
       </c>
       <c r="C35" t="s">
         <v>172</v>
       </c>
       <c r="D35" t="s">
         <v>237</v>
       </c>
       <c r="E35" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F35" t="s">
         <v>238</v>
       </c>
       <c r="G35" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H35">
         <v>2015</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>239</v>
       </c>
       <c r="K35" t="s">
         <v>36</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>245</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>250</v>
       </c>
       <c r="P35" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>252</v>
       </c>
       <c r="B36" t="s">
         <v>253</v>
       </c>
       <c r="C36" t="s">
         <v>254</v>
       </c>
       <c r="D36" t="s">
         <v>44</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>255</v>
       </c>
       <c r="G36" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H36">
         <v>2002</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K36" t="s">
         <v>36</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>256</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>257</v>
       </c>
       <c r="P36" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>259</v>
       </c>
       <c r="B37" t="s">
         <v>260</v>
       </c>
       <c r="C37" t="s">
         <v>254</v>
       </c>
       <c r="D37" t="s">
         <v>44</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>255</v>
       </c>
       <c r="G37" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H37">
         <v>2007</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K37" t="s">
         <v>36</v>
       </c>
       <c r="L37" t="s">
         <v>261</v>
       </c>
       <c r="M37" t="s">
         <v>256</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>262</v>
       </c>
       <c r="P37" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>264</v>
       </c>
       <c r="B38" t="s">
         <v>265</v>
       </c>
       <c r="C38" t="s">
         <v>266</v>
       </c>
       <c r="D38" t="s">
         <v>44</v>
       </c>
       <c r="E38" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F38" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>1993</v>
       </c>
       <c r="I38">
         <v>2010</v>
       </c>
       <c r="J38" t="s">
         <v>267</v>
       </c>
       <c r="K38" t="s">
         <v>36</v>
       </c>
       <c r="L38" t="s">
         <v>268</v>
       </c>
       <c r="M38" t="s">
         <v>269</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>270</v>
       </c>
       <c r="P38" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>272</v>
       </c>
       <c r="B39" t="s">
         <v>273</v>
       </c>
       <c r="C39" t="s">
         <v>266</v>
       </c>
       <c r="D39" t="s">
         <v>44</v>
       </c>
       <c r="E39" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F39" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>1993</v>
       </c>
       <c r="I39">
         <v>2013</v>
       </c>
       <c r="J39" t="s">
         <v>267</v>
       </c>
       <c r="K39" t="s">
         <v>36</v>
       </c>
       <c r="L39" t="s">
         <v>274</v>
       </c>
       <c r="M39" t="s">
         <v>269</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
@@ -3557,103 +3557,103 @@
       <c r="B40" t="s">
         <v>278</v>
       </c>
       <c r="C40" t="s">
         <v>279</v>
       </c>
       <c r="D40" t="s">
         <v>44</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>255</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2011</v>
       </c>
       <c r="I40">
         <v>2014</v>
       </c>
       <c r="J40" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K40" t="s">
         <v>36</v>
       </c>
       <c r="L40" t="s">
         <v>280</v>
       </c>
       <c r="M40" t="s">
         <v>281</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
         <v>282</v>
       </c>
       <c r="P40" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>284</v>
       </c>
       <c r="B41" t="s">
         <v>285</v>
       </c>
       <c r="C41" t="s">
         <v>286</v>
       </c>
       <c r="D41" t="s">
         <v>53</v>
       </c>
       <c r="E41" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F41" t="s">
         <v>54</v>
       </c>
       <c r="G41" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H41"/>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>188</v>
       </c>
       <c r="K41" t="s">
         <v>36</v>
       </c>
       <c r="L41" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M41" t="s">
         <v>287</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>288</v>
       </c>
       <c r="P41" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>290</v>
       </c>
       <c r="B42" t="s">
         <v>291</v>
       </c>
       <c r="C42" t="s">
         <v>292</v>
       </c>
       <c r="D42" t="s">
@@ -3686,51 +3686,51 @@
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>295</v>
       </c>
       <c r="P42" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>297</v>
       </c>
       <c r="B43" t="s">
         <v>298</v>
       </c>
       <c r="C43" t="s">
         <v>299</v>
       </c>
       <c r="D43" t="s">
         <v>300</v>
       </c>
       <c r="E43" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F43" t="s">
         <v>255</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43">
         <v>2018</v>
       </c>
       <c r="J43" t="s">
         <v>210</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>301</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
@@ -3740,344 +3740,344 @@
       </c>
       <c r="P43" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>304</v>
       </c>
       <c r="B44" t="s">
         <v>305</v>
       </c>
       <c r="C44" t="s">
         <v>306</v>
       </c>
       <c r="D44" t="s">
         <v>307</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>255</v>
       </c>
       <c r="G44" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H44">
         <v>2018</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K44" t="s">
         <v>36</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>308</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>309</v>
       </c>
       <c r="P44" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>311</v>
       </c>
       <c r="B45" t="s">
         <v>312</v>
       </c>
       <c r="C45" t="s">
         <v>313</v>
       </c>
       <c r="D45" t="s">
         <v>44</v>
       </c>
       <c r="E45" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F45" t="s">
         <v>54</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2013</v>
       </c>
       <c r="I45">
         <v>2016</v>
       </c>
       <c r="J45" t="s">
         <v>35</v>
       </c>
       <c r="K45" t="s">
         <v>36</v>
       </c>
       <c r="L45" t="s">
         <v>314</v>
       </c>
       <c r="M45" t="s">
         <v>315</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>316</v>
       </c>
       <c r="P45" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>318</v>
       </c>
       <c r="B46" t="s">
         <v>319</v>
       </c>
       <c r="C46" t="s">
         <v>320</v>
       </c>
       <c r="D46" t="s">
         <v>44</v>
       </c>
       <c r="E46" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F46" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>1996</v>
       </c>
       <c r="I46">
         <v>2012</v>
       </c>
       <c r="J46" t="s">
         <v>267</v>
       </c>
       <c r="K46" t="s">
         <v>36</v>
       </c>
       <c r="L46" t="s">
         <v>321</v>
       </c>
       <c r="M46" t="s">
         <v>322</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>323</v>
       </c>
       <c r="P46" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>325</v>
       </c>
       <c r="B47" t="s">
         <v>326</v>
       </c>
       <c r="C47" t="s">
         <v>320</v>
       </c>
       <c r="D47" t="s">
         <v>44</v>
       </c>
       <c r="E47" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F47" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>1996</v>
       </c>
       <c r="I47">
         <v>2012</v>
       </c>
       <c r="J47" t="s">
         <v>267</v>
       </c>
       <c r="K47" t="s">
         <v>36</v>
       </c>
       <c r="L47" t="s">
         <v>327</v>
       </c>
       <c r="M47" t="s">
         <v>322</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
         <v>328</v>
       </c>
       <c r="P47" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>330</v>
       </c>
       <c r="B48" t="s">
         <v>331</v>
       </c>
       <c r="C48" t="s">
         <v>320</v>
       </c>
       <c r="D48" t="s">
         <v>44</v>
       </c>
       <c r="E48" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F48" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2004</v>
       </c>
       <c r="I48">
         <v>2012</v>
       </c>
       <c r="J48" t="s">
         <v>267</v>
       </c>
       <c r="K48" t="s">
         <v>36</v>
       </c>
       <c r="L48" t="s">
         <v>321</v>
       </c>
       <c r="M48" t="s">
         <v>322</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>332</v>
       </c>
       <c r="P48" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>334</v>
       </c>
       <c r="B49" t="s">
         <v>335</v>
       </c>
       <c r="C49" t="s">
         <v>320</v>
       </c>
       <c r="D49" t="s">
         <v>44</v>
       </c>
       <c r="E49" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F49" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2005</v>
       </c>
       <c r="I49">
         <v>2012</v>
       </c>
       <c r="J49" t="s">
         <v>267</v>
       </c>
       <c r="K49" t="s">
         <v>36</v>
       </c>
       <c r="L49" t="s">
         <v>336</v>
       </c>
       <c r="M49" t="s">
         <v>322</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
         <v>337</v>
       </c>
       <c r="P49" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>339</v>
       </c>
       <c r="B50" t="s">
         <v>340</v>
       </c>
       <c r="C50" t="s">
         <v>320</v>
       </c>
       <c r="D50" t="s">
         <v>44</v>
       </c>
       <c r="E50" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F50" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2007</v>
       </c>
       <c r="I50">
         <v>2012</v>
       </c>
       <c r="J50" t="s">
         <v>267</v>
       </c>
       <c r="K50" t="s">
         <v>36</v>
       </c>
       <c r="L50" t="s">
         <v>341</v>
       </c>
       <c r="M50" t="s">
         <v>322</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
@@ -4086,259 +4086,259 @@
       </c>
       <c r="P50" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>344</v>
       </c>
       <c r="B51" t="s">
         <v>344</v>
       </c>
       <c r="C51" t="s">
         <v>345</v>
       </c>
       <c r="D51" t="s">
         <v>44</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>54</v>
       </c>
       <c r="G51" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>346</v>
       </c>
       <c r="K51" t="s">
         <v>36</v>
       </c>
       <c r="L51" t="s">
         <v>347</v>
       </c>
       <c r="M51" t="s">
         <v>348</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
         <v>349</v>
       </c>
       <c r="P51" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>351</v>
       </c>
       <c r="B52" t="s">
         <v>352</v>
       </c>
       <c r="C52" t="s">
         <v>353</v>
       </c>
       <c r="D52" t="s">
         <v>354</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H52">
         <v>2016</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>35</v>
       </c>
       <c r="K52" t="s">
         <v>36</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
         <v>355</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
         <v>356</v>
       </c>
       <c r="P52" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>358</v>
       </c>
       <c r="B53" t="s">
         <v>359</v>
       </c>
       <c r="C53" t="s">
         <v>353</v>
       </c>
       <c r="D53" t="s">
         <v>360</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>255</v>
       </c>
       <c r="G53" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H53">
         <v>2017</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>35</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>355</v>
       </c>
       <c r="N53" t="s">
         <v>361</v>
       </c>
       <c r="O53" t="s">
         <v>362</v>
       </c>
       <c r="P53" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>364</v>
       </c>
       <c r="B54" t="s">
         <v>365</v>
       </c>
       <c r="C54" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D54" t="s">
         <v>44</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2008</v>
       </c>
       <c r="I54">
         <v>2015</v>
       </c>
       <c r="J54" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K54" t="s">
         <v>36</v>
       </c>
       <c r="L54" t="s">
         <v>366</v>
       </c>
       <c r="M54" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
         <v>367</v>
       </c>
       <c r="P54" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>369</v>
       </c>
       <c r="B55" t="s">
         <v>370</v>
       </c>
       <c r="C55" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D55" t="s">
         <v>44</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2009</v>
       </c>
       <c r="I55">
         <v>2013</v>
       </c>
       <c r="J55" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K55" t="s">
         <v>36</v>
       </c>
       <c r="L55" t="s">
         <v>366</v>
       </c>
       <c r="M55" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
         <v>371</v>
       </c>
       <c r="P55" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>373</v>
       </c>
       <c r="B56" t="s">
         <v>374</v>
       </c>
       <c r="C56" t="s">
         <v>292</v>
       </c>
       <c r="D56" t="s">
         <v>375</v>
       </c>
       <c r="E56" t="s">
@@ -4368,66 +4368,66 @@
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
         <v>376</v>
       </c>
       <c r="P56" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>378</v>
       </c>
       <c r="B57" t="s">
         <v>379</v>
       </c>
       <c r="C57" t="s">
         <v>380</v>
       </c>
       <c r="D57" t="s">
         <v>44</v>
       </c>
       <c r="E57" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F57" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2004</v>
       </c>
       <c r="I57">
         <v>2020</v>
       </c>
       <c r="J57" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K57" t="s">
         <v>36</v>
       </c>
       <c r="L57" t="s">
         <v>381</v>
       </c>
       <c r="M57" t="s">
         <v>382</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
         <v>383</v>
       </c>
       <c r="P57" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>385</v>
       </c>
       <c r="B58" t="s">
@@ -4466,197 +4466,197 @@
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
         <v>388</v>
       </c>
       <c r="P58" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>390</v>
       </c>
       <c r="B59" t="s">
         <v>391</v>
       </c>
       <c r="C59" t="s">
         <v>172</v>
       </c>
       <c r="D59" t="s">
         <v>237</v>
       </c>
       <c r="E59" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H59">
         <v>2014</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>239</v>
       </c>
       <c r="K59" t="s">
         <v>36</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>387</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>392</v>
       </c>
       <c r="P59" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>394</v>
       </c>
       <c r="B60" t="s">
         <v>395</v>
       </c>
       <c r="C60" t="s">
         <v>172</v>
       </c>
       <c r="D60" t="s">
         <v>237</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H60">
         <v>2017</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>239</v>
       </c>
       <c r="K60" t="s">
         <v>36</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
         <v>387</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>396</v>
       </c>
       <c r="P60" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>398</v>
       </c>
       <c r="B61" t="s">
         <v>399</v>
       </c>
       <c r="C61" t="s">
         <v>400</v>
       </c>
       <c r="D61" t="s">
         <v>53</v>
       </c>
       <c r="E61" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F61" t="s">
         <v>54</v>
       </c>
       <c r="G61" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H61">
         <v>2016</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K61" t="s">
         <v>36</v>
       </c>
       <c r="L61" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M61" t="s">
         <v>401</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>402</v>
       </c>
       <c r="P61" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>404</v>
       </c>
       <c r="B62" t="s">
         <v>405</v>
       </c>
       <c r="C62" t="s">
         <v>406</v>
       </c>
       <c r="D62" t="s">
         <v>44</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>54</v>
       </c>
       <c r="G62" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="H62">
         <v>2011</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>407</v>
       </c>
       <c r="K62" t="s">
         <v>36</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
         <v>408</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>409</v>
       </c>
       <c r="P62" t="s">
         <v>410</v>
       </c>
     </row>