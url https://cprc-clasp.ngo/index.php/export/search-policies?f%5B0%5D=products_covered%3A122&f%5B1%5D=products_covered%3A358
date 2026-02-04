--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,138 +80,141 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
+  </si>
+  <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
+    <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>JS 2112</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
+  </si>
+  <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>Outdoor Tools &amp; Equipment</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...85 lines deleted...]
-    <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
     <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -777,76 +780,76 @@
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>50</v>
       </c>
       <c r="D5" t="s">
         <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H5">
         <v>2014</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">