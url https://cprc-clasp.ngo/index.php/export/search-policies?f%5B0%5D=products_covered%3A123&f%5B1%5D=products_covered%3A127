--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -831,66 +831,69 @@
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
@@ -3535,1406 +3538,1406 @@
       </c>
       <c r="P37" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>268</v>
       </c>
       <c r="B38" t="s">
         <v>269</v>
       </c>
       <c r="C38" t="s">
         <v>270</v>
       </c>
       <c r="D38" t="s">
         <v>82</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>43</v>
       </c>
       <c r="G38" t="s">
-        <v>54</v>
+        <v>271</v>
       </c>
       <c r="H38">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="P38" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B39" t="s">
         <v>157</v>
       </c>
       <c r="C39" t="s">
         <v>150</v>
       </c>
       <c r="D39" t="s">
         <v>158</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>54</v>
       </c>
       <c r="H39">
         <v>2009</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>159</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
         <v>160</v>
       </c>
       <c r="M39" t="s">
         <v>153</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P39" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B40" t="s">
         <v>149</v>
       </c>
       <c r="C40" t="s">
         <v>150</v>
       </c>
       <c r="D40" t="s">
         <v>53</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
       <c r="I40">
         <v>2015</v>
       </c>
       <c r="J40" t="s">
         <v>151</v>
       </c>
       <c r="K40" t="s">
         <v>69</v>
       </c>
       <c r="L40" t="s">
         <v>152</v>
       </c>
       <c r="M40" t="s">
         <v>153</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="P40" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B41" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C41" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D41" t="s">
         <v>82</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2005</v>
       </c>
       <c r="I41">
         <v>2018</v>
       </c>
       <c r="J41" t="s">
         <v>143</v>
       </c>
       <c r="K41" t="s">
         <v>69</v>
       </c>
       <c r="L41" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M41" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P41" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B42" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C42" t="s">
         <v>270</v>
       </c>
       <c r="D42" t="s">
         <v>82</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>54</v>
       </c>
       <c r="H42">
         <v>2025</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B43" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C43" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D43" t="s">
         <v>158</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>166</v>
       </c>
       <c r="G43" t="s">
         <v>54</v>
       </c>
       <c r="H43">
         <v>2021</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>167</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M43" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P43" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B44" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C44" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D44" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>166</v>
       </c>
       <c r="G44" t="s">
         <v>54</v>
       </c>
       <c r="H44">
         <v>2021</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>167</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="P44" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B45" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C45" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D45" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E45" t="s">
         <v>42</v>
       </c>
       <c r="F45" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G45" t="s">
         <v>54</v>
       </c>
       <c r="H45">
         <v>2009</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="P45" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B46" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C46" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D46" t="s">
         <v>133</v>
       </c>
       <c r="E46" t="s">
         <v>42</v>
       </c>
       <c r="F46" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G46" t="s">
         <v>54</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="P46" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B47" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C47" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D47" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E47" t="s">
         <v>42</v>
       </c>
       <c r="F47" t="s">
         <v>43</v>
       </c>
       <c r="G47" t="s">
         <v>54</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>143</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M47" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="P47" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B48" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C48" t="s">
         <v>239</v>
       </c>
       <c r="D48" t="s">
         <v>82</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2008</v>
       </c>
       <c r="I48">
         <v>2011</v>
       </c>
       <c r="J48" t="s">
         <v>240</v>
       </c>
       <c r="K48" t="s">
         <v>69</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="P48" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B49" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C49" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D49" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E49" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F49" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="G49" t="s">
         <v>54</v>
       </c>
       <c r="H49">
         <v>2023</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>119</v>
       </c>
       <c r="K49" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N49" t="s">
         <v>36</v>
       </c>
       <c r="O49" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="P49" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B50" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C50" t="s">
         <v>132</v>
       </c>
       <c r="D50" t="s">
         <v>82</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>166</v>
       </c>
       <c r="G50" t="s">
         <v>54</v>
       </c>
       <c r="H50">
         <v>2021</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="K50" t="s">
         <v>214</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="P50" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B51"/>
       <c r="C51" t="s">
         <v>132</v>
       </c>
       <c r="D51" t="s">
         <v>82</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>54</v>
       </c>
       <c r="H51">
         <v>2018</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>135</v>
       </c>
       <c r="K51" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="L51" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="M51" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P51" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B52" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C52" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D52" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E52" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F52" t="s">
         <v>166</v>
       </c>
       <c r="G52" t="s">
         <v>134</v>
       </c>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="P52" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B53" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C53" t="s">
         <v>239</v>
       </c>
       <c r="D53" t="s">
         <v>133</v>
       </c>
       <c r="E53" t="s">
         <v>42</v>
       </c>
       <c r="F53" t="s">
         <v>142</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>1997</v>
       </c>
       <c r="I53">
         <v>2011</v>
       </c>
       <c r="J53" t="s">
         <v>240</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="M53" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="P53" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B54" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C54" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D54" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
         <v>43</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2015</v>
       </c>
       <c r="I54">
         <v>2018</v>
       </c>
       <c r="J54" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="P54" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B55" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C55" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D55" t="s">
         <v>53</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>43</v>
       </c>
       <c r="G55" t="s">
         <v>54</v>
       </c>
       <c r="H55">
         <v>2017</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>240</v>
       </c>
       <c r="K55" t="s">
         <v>69</v>
       </c>
       <c r="L55" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="M55" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="P55" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B56" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C56" t="s">
         <v>141</v>
       </c>
       <c r="D56" t="s">
         <v>53</v>
       </c>
       <c r="E56" t="s">
         <v>42</v>
       </c>
       <c r="F56" t="s">
         <v>43</v>
       </c>
       <c r="G56" t="s">
         <v>54</v>
       </c>
       <c r="H56">
         <v>2013</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>143</v>
       </c>
       <c r="K56" t="s">
         <v>69</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
         <v>145</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="P56" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B57" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C57" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D57" t="s">
         <v>82</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>166</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2018</v>
       </c>
       <c r="I57">
         <v>2018</v>
       </c>
       <c r="J57" t="s">
         <v>159</v>
       </c>
       <c r="K57" t="s">
         <v>181</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="P57" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B58" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C58" t="s">
         <v>132</v>
       </c>
       <c r="D58" t="s">
         <v>82</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>166</v>
       </c>
       <c r="G58" t="s">
         <v>54</v>
       </c>
       <c r="H58">
         <v>2011</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>240</v>
       </c>
       <c r="K58" t="s">
         <v>69</v>
       </c>
       <c r="L58" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="M58" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="P58" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B59" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C59" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D59" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>54</v>
       </c>
       <c r="H59">
         <v>2016</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>167</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="P59" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B60" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C60" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D60" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>43</v>
       </c>
       <c r="G60" t="s">
         <v>54</v>
       </c>
       <c r="H60">
         <v>2017</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>167</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="N60" t="s">
         <v>36</v>
       </c>
       <c r="O60" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="P60" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C61" t="s">
         <v>116</v>
       </c>
       <c r="D61" t="s">
         <v>133</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>166</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2007</v>
       </c>
       <c r="I61">
         <v>2020</v>
       </c>
       <c r="J61" t="s">
         <v>119</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="M61" t="s">
         <v>120</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="P61" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B62" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C62" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D62" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E62" t="s">
         <v>42</v>
       </c>
       <c r="F62" t="s">
         <v>142</v>
       </c>
       <c r="G62" t="s">
         <v>54</v>
       </c>
       <c r="H62">
         <v>2011</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="M62" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="P62" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B63" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C63" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D63" t="s">
         <v>53</v>
       </c>
       <c r="E63" t="s">
         <v>42</v>
       </c>
       <c r="F63" t="s">
         <v>142</v>
       </c>
       <c r="G63" t="s">
         <v>54</v>
       </c>
       <c r="H63">
         <v>2014</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="M63" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="P63" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B64" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C64" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D64" t="s">
         <v>53</v>
       </c>
       <c r="E64" t="s">
         <v>42</v>
       </c>
       <c r="F64" t="s">
         <v>43</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2012</v>
       </c>
       <c r="I64">
         <v>2019</v>
       </c>
       <c r="J64" t="s">
         <v>44</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="M64" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="P64" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B65" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C65" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D65" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E65" t="s">
         <v>42</v>
       </c>
       <c r="F65" t="s">
         <v>43</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2001</v>
       </c>
       <c r="I65">
         <v>2019</v>
       </c>
       <c r="J65" t="s">
         <v>135</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="M65" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="P65" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B66" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C66" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D66" t="s">
         <v>53</v>
       </c>
       <c r="E66" t="s">
         <v>42</v>
       </c>
       <c r="F66" t="s">
         <v>142</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2013</v>
       </c>
       <c r="I66">
         <v>2020</v>
       </c>
       <c r="J66" t="s">
         <v>33</v>
       </c>
       <c r="K66" t="s">
         <v>69</v>
       </c>
       <c r="L66" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="M66" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="P66" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">