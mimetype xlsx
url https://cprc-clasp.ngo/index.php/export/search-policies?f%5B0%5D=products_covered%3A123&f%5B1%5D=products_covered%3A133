--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -487,76 +487,76 @@
   <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
     <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
     <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>