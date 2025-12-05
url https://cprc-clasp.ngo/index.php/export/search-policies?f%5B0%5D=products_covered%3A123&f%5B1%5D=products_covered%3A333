--- v0 (2025-12-05)
+++ v1 (2025-12-05)
@@ -553,73 +553,73 @@
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
   </si>
   <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
     <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/12956/</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
     <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>